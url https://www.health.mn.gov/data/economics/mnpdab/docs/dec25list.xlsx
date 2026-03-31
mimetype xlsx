--- v0 (2025-12-25)
+++ v1 (2026-03-31)
@@ -1,4229 +1,6466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Communications\Web\HP\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mn365.sharepoint.com/teams/MDH/bureaus/pqcb/hpd/hep/pepr/PEPR/_PDAB/PDAB List/2025.12/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA2A4A44-780D-41DD-A096-92E4BB4A3397}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="11_CCFAF805C88BAB5EDEA10AEDED4B4C9119FF367A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9DFF732D-9A55-440C-A79D-0A1FD2EE6E16}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{0F826DD0-AAC1-4DDA-ADDF-C264E6B8E304}"/>
+    <workbookView minimized="1" xWindow="32490" yWindow="2235" windowWidth="17280" windowHeight="8880" firstSheet="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="1" r:id="rId1"/>
     <sheet name="List of NDCs" sheetId="6" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'List of NDCs'!$A$1:$F$1522</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'List of NDCs'!$1:$1</definedName>
     <definedName name="TitleRegion1.A2.F1529.2" localSheetId="1">'List of NDCs'!$A$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6112" uniqueCount="1304">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6118" uniqueCount="2040">
   <si>
     <t>Title:</t>
   </si>
   <si>
     <t>Drugs identified for potential review by the Minnesota Prescription Drug Affordability Board (PDAB), December 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Source: </t>
   </si>
   <si>
+    <r>
+      <t>Minnesota Department of Health, Health Economics Program. Data from January 1, 2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">to November 1, 2025. </t>
+    </r>
+  </si>
+  <si>
     <t>Statutory reference:</t>
   </si>
   <si>
     <t>Minnesota Statutes, chapter 62J.90</t>
   </si>
   <si>
     <t>www.revisor.mn.gov/statutes/cite/62J.90</t>
   </si>
   <si>
     <t>Date published:</t>
   </si>
   <si>
+    <t>December 18, 2025; Revised December 23, 2025</t>
+  </si>
+  <si>
     <t>Description of list:</t>
-  </si>
-[...3878 lines deleted...]
-Drug Code (NDC)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This file provides the Minnesota PDAB with the names and National Drug Codes (NDCs) of drug products that meet the criteria established in </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Minnesota Statutes 62J.90. In total, 1,079 unique NDCs met these criteria, and many NDCs met multiple criteria or the same criterion multiple times</t>
+      <t>Minnesota Statutes 62J.90. In total, 919 unique NDCs met these criteria, and many NDCs met multiple criteria or the same criterion multiple times</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">. No NDCs met the criteria of MS 62J.90 subd. 2(a)(3). </t>
+      <t xml:space="preserve">. </t>
     </r>
   </si>
   <si>
-    <t>December 18, 2025; revised December 19, 2025</t>
+    <t>To adjust for inflation, MDH used the Consumer Price Index for All Urban Consumers: All Items in U.S. City Average, Index 1982-1984=100, Monthly, Seasonally Adjusted.</t>
+  </si>
+  <si>
+    <t>MDH contact:</t>
+  </si>
+  <si>
+    <t>health.Rx@state.mn.us</t>
+  </si>
+  <si>
+    <t>www.rxpt.health.mn.gov</t>
+  </si>
+  <si>
+    <t>Minnesota Department of Health</t>
+  </si>
+  <si>
+    <t>Health Economics Program</t>
+  </si>
+  <si>
+    <t>PO Box 64882</t>
+  </si>
+  <si>
+    <t>St. Paul, MN 55164-0975</t>
+  </si>
+  <si>
+    <t>(651) 201-4520</t>
+  </si>
+  <si>
+    <t>Upon request, this material will be made available in an alternative format such as large print, Braille or audio recording. Printed on recycled paper.</t>
+  </si>
+  <si>
+    <t>Statutory Criteria</t>
+  </si>
+  <si>
+    <t>Manufacturer Name</t>
+  </si>
+  <si>
+    <t>National Drug Code (NDC)</t>
+  </si>
+  <si>
+    <t>Item Description</t>
+  </si>
+  <si>
+    <t>Therapeutic Class</t>
+  </si>
+  <si>
+    <t>Date of Statute-Qualifying Pricing Event</t>
+  </si>
+  <si>
+    <t>Subd. 2 (a)(1): Brand / Biologic - Exceeds Price Increase Threshold</t>
+  </si>
+  <si>
+    <t>ADVANCED ACCELERATOR APPL</t>
+  </si>
+  <si>
+    <t>69488000301</t>
+  </si>
+  <si>
+    <t>Lutetium Lu 177 Dotatate 370 MBQ/ML Solution 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>Antineoplastics And Adjunctive Therapies</t>
+  </si>
+  <si>
+    <t>ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>00268808410</t>
+  </si>
+  <si>
+    <t>Aspergillus Fumigatus 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>Allergenic Extracts/Biologicals Misc</t>
+  </si>
+  <si>
+    <t>00268808450</t>
+  </si>
+  <si>
+    <t>Aspergillus Fumigatus 1:10 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268809010</t>
+  </si>
+  <si>
+    <t>Botrytis Cinerea 43000 PNU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268809050</t>
+  </si>
+  <si>
+    <t>Botrytis Cinerea 43000 PNU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268809410</t>
+  </si>
+  <si>
+    <t>Cladosporium Cladosporioides 64000 PNU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268809450</t>
+  </si>
+  <si>
+    <t>Cladosporium Cladosporioides 64000 PNU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268062650</t>
+  </si>
+  <si>
+    <t>Dog Epithelium (Canis Lupus Familiaris) 1:10 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268809610</t>
+  </si>
+  <si>
+    <t>Epicoccum 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268809650</t>
+  </si>
+  <si>
+    <t>Epicoccum 1:10 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268072410</t>
+  </si>
+  <si>
+    <t>Fire Ant (Solenopsis Invicta) 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268062810</t>
+  </si>
+  <si>
+    <t>Horse Epithelium 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268810105</t>
+  </si>
+  <si>
+    <t>Mucor (Mucor Plumbeus) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>00268810210</t>
+  </si>
+  <si>
+    <t>Penicillium Notatum 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00268810250</t>
+  </si>
+  <si>
+    <t>Penicillium Notatum 1:10 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00268065010</t>
+  </si>
+  <si>
+    <t>Rabbit Epithelium 1:10 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>ASCEND LABORATORIES</t>
+  </si>
+  <si>
+    <t>67877012420</t>
+  </si>
+  <si>
+    <t>Silver Sulfadiazine 1 % Cream 20.000 GM UU</t>
+  </si>
+  <si>
+    <t>Dermatologicals</t>
+  </si>
+  <si>
+    <t>67877012425</t>
+  </si>
+  <si>
+    <t>Silver Sulfadiazine 1 % Cream 25.000 GM UU</t>
+  </si>
+  <si>
+    <t>67877012440</t>
+  </si>
+  <si>
+    <t>Silver Sulfadiazine 1 % Cream 400.000 GM UU</t>
+  </si>
+  <si>
+    <t>67877012405</t>
+  </si>
+  <si>
+    <t>Silver Sulfadiazine 1 % Cream 50.000 GM UU</t>
+  </si>
+  <si>
+    <t>67877012450</t>
+  </si>
+  <si>
+    <t>67877012485</t>
+  </si>
+  <si>
+    <t>Silver Sulfadiazine 1 % Cream 85.000 GM UU</t>
+  </si>
+  <si>
+    <t>B-M SQUIBB U.S. (PRIMARY CARE)</t>
+  </si>
+  <si>
+    <t>59572051501</t>
+  </si>
+  <si>
+    <t>Idecabtagene Vicleucel 460000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>59572051502</t>
+  </si>
+  <si>
+    <t>59572051503</t>
+  </si>
+  <si>
+    <t>BAXTER HEALTHCARE CORP</t>
+  </si>
+  <si>
+    <t>00338055118</t>
+  </si>
+  <si>
+    <t>Dextrose 5 % Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>Nutritional Products - Nutrients</t>
+  </si>
+  <si>
+    <t>00338954124</t>
+  </si>
+  <si>
+    <t>Metronidazole 500 MG/100ML Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Misc</t>
+  </si>
+  <si>
+    <t>00338004948</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.9 % Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>Nutritional Products - Minerals &amp; Electrolytes</t>
+  </si>
+  <si>
+    <t>00338004918</t>
+  </si>
+  <si>
+    <t>00338055318</t>
+  </si>
+  <si>
+    <t>00338004938</t>
+  </si>
+  <si>
+    <t>00338055311</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.9 % Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00338004911</t>
+  </si>
+  <si>
+    <t>BIOGEN IDEC</t>
+  </si>
+  <si>
+    <t>64406005801</t>
+  </si>
+  <si>
+    <t>Nusinersen 12 MG/5ML Solution 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>Neuromuscular Agents - Neuromuscular Agents</t>
+  </si>
+  <si>
+    <t>BRYANT RANCH PREPACK</t>
+  </si>
+  <si>
+    <t>63629877301</t>
+  </si>
+  <si>
+    <t>COSETTE PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>00713087130</t>
+  </si>
+  <si>
+    <t>Amlodipine Besylate-Olmesartan Medoxomil 10-20 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Antihypertensives</t>
+  </si>
+  <si>
+    <t>00713087330</t>
+  </si>
+  <si>
+    <t>Amlodipine Besylate-Olmesartan Medoxomil 10-40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087030</t>
+  </si>
+  <si>
+    <t>Amlodipine Besylate-Olmesartan Medoxomil 5-20 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087230</t>
+  </si>
+  <si>
+    <t>Amlodipine Besylate-Olmesartan Medoxomil 5-40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713088030</t>
+  </si>
+  <si>
+    <t>Colesevelam HCl 3.75 GM Packet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Antihyperlipidemics</t>
+  </si>
+  <si>
+    <t>00713087981</t>
+  </si>
+  <si>
+    <t>Colesevelam HCl 625 MG Tablet 180.000 EA</t>
+  </si>
+  <si>
+    <t>00713086130</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil 20 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713086230</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil 40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713086030</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil 5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087430</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Amlodipine-Hydrochlorothiazide 20-5-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087730</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Amlodipine-Hydrochlorothiazide 40-10-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087830</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Amlodipine-Hydrochlorothiazide 40-10-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087530</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Amlodipine-Hydrochlorothiazide 40-5-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713087630</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Amlodipine-Hydrochlorothiazide 40-5-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713086330</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Hydrochlorothiazide 20-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713086430</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Hydrochlorothiazide 40-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713086530</t>
+  </si>
+  <si>
+    <t>Olmesartan Medoxomil-Hydrochlorothiazide 40-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00713088230</t>
+  </si>
+  <si>
+    <t>Prasugrel HCl 10 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>Hematological Agents - Misc</t>
+  </si>
+  <si>
+    <t>00713088130</t>
+  </si>
+  <si>
+    <t>Prasugrel HCl 5 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>ENDO USA</t>
+  </si>
+  <si>
+    <t>42023031510</t>
+  </si>
+  <si>
+    <t>Epinephrine-Sodium Chloride 4-0.9 MG/250ML-% Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Vasopressors</t>
+  </si>
+  <si>
+    <t>42023010501</t>
+  </si>
+  <si>
+    <t>Methohexital Sodium 500 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>General Anesthetics</t>
+  </si>
+  <si>
+    <t>42023011925</t>
+  </si>
+  <si>
+    <t>Trimethobenzamide HCl 100 MG/ML Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Agents - Antiemetics</t>
+  </si>
+  <si>
+    <t>ETON PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>15054104005</t>
+  </si>
+  <si>
+    <t>Mecasermin 40 MG/4ML Solution 4.000 ML</t>
+  </si>
+  <si>
+    <t>Endocrine and Metabolic Agents - Misc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI USA</t>
+  </si>
+  <si>
+    <t>63323046217</t>
+  </si>
+  <si>
+    <t>Bupivacaine w/ Epinephrine 0.5% -1:200000 Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>Local Anesthetics-Parenteral</t>
+  </si>
+  <si>
+    <t>63323046237</t>
+  </si>
+  <si>
+    <t>Bupivacaine w/ Epinephrine 0.5% -1:200000 Solution 30.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323046037</t>
+  </si>
+  <si>
+    <t>Bupivacaine w/ Epinephrine 0.75-1:200000 % Solution 30.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323051774</t>
+  </si>
+  <si>
+    <t>Heparin (Porcine) in Sodium Chloride 25000-0.45 UT/250ML-% Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>Hematological Agents - Anticoagulants</t>
+  </si>
+  <si>
+    <t>63323052374</t>
+  </si>
+  <si>
+    <t>Heparin Sod (Porcine) in D5W 100 UNIT/ML Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323052277</t>
+  </si>
+  <si>
+    <t>Heparin Sod (Porcine) in D5W 25000-5 UT/500ML-% Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323048157</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 0.5 %-1:200000 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>63323048227</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 1 %-1:100000 Solution 20.000 ML</t>
+  </si>
+  <si>
+    <t>63323048257</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 1 %-1:100000 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>63323048717</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 1 %-1:200000 Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323048737</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 1 %-1:200000 Solution 30.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323048327</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 2 %-1:100000 Solution 20.000 ML</t>
+  </si>
+  <si>
+    <t>63323048357</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 2 %-1:100000 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>63323048927</t>
+  </si>
+  <si>
+    <t>Lidocaine w/ Epinephrine 2 %-1:200000 Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>63323006411</t>
+  </si>
+  <si>
+    <t>Magnesium Sulfate 50 % Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>GLAUKOS</t>
+  </si>
+  <si>
+    <t>25357002501</t>
+  </si>
+  <si>
+    <t>Riboflavin5-Phos Sod &amp; Riboflavin 5-Phosphate Sodium-Dextran 0.146 &amp;0.146-20 % Solution Prefilled Syringe 6.000 ML UU</t>
+  </si>
+  <si>
+    <t>Ophthalmic Agents</t>
+  </si>
+  <si>
+    <t>GREER LABORATORIES</t>
+  </si>
+  <si>
+    <t>22840542605</t>
+  </si>
+  <si>
+    <t>American Elm (Ulmus americana) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>Diagnostic Products</t>
+  </si>
+  <si>
+    <t>22840542602</t>
+  </si>
+  <si>
+    <t>American Elm 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840547202</t>
+  </si>
+  <si>
+    <t>American Sycamore (Platanus occidentalis) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840560402</t>
+  </si>
+  <si>
+    <t>Aspergillus Fumigatus 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840020002</t>
+  </si>
+  <si>
+    <t>Bermuda Grass 10000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840020004</t>
+  </si>
+  <si>
+    <t>Bermuda Grass 10000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840560802</t>
+  </si>
+  <si>
+    <t>Bipolaris sorokiniana 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840547505</t>
+  </si>
+  <si>
+    <t>Black Walnut (Juglans californica) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840547402</t>
+  </si>
+  <si>
+    <t>Black Walnut Pollen 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840547802</t>
+  </si>
+  <si>
+    <t>Black Willow 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840541602</t>
+  </si>
+  <si>
+    <t>Box Elder (Acer Negundo) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840010102</t>
+  </si>
+  <si>
+    <t>Cat Hair Extract 10000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840010105</t>
+  </si>
+  <si>
+    <t>Cat Hair Extract 10000 BAU/ML Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840010104</t>
+  </si>
+  <si>
+    <t>Cat Hair Extract 10000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840010002</t>
+  </si>
+  <si>
+    <t>Cat Hair Extract 5000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840010004</t>
+  </si>
+  <si>
+    <t>Cat Hair Extract 5000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840561402</t>
+  </si>
+  <si>
+    <t>Cladosporium Sphaerospermum 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840900205</t>
+  </si>
+  <si>
+    <t>Cockroach Mixed Allergen Extract (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840900202</t>
+  </si>
+  <si>
+    <t>Cockroach Mixed Allergen Extract 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840510102</t>
+  </si>
+  <si>
+    <t>Dog Epithelium (Canis Lupus Familiaris) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003706</t>
+  </si>
+  <si>
+    <t>Dust Mite Mixed Allergen Extract 10000 AU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003703</t>
+  </si>
+  <si>
+    <t>Dust Mite Mixed Allergen Extract 10000 AU/ML Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840003709</t>
+  </si>
+  <si>
+    <t>Dust Mite Mixed Allergen Extract 10000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840542102</t>
+  </si>
+  <si>
+    <t>Eastern Cottonwood 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840532102</t>
+  </si>
+  <si>
+    <t>English Plantain (Plantago lanceolata) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840022102</t>
+  </si>
+  <si>
+    <t>Grass Pollen Standardized Extract 100000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840022105</t>
+  </si>
+  <si>
+    <t>Grass Pollen Standardized Extract 100000 BAU/ML Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840022104</t>
+  </si>
+  <si>
+    <t>Grass Pollen Standardized Extract 100000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840510605</t>
+  </si>
+  <si>
+    <t>Horse Epithelium (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840510602</t>
+  </si>
+  <si>
+    <t>Horse Epithelium 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003406</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 10000 AU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003403</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 10000 AU/ML Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840003409</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 10000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840003809</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 30000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840003306</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 5000 AU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003309</t>
+  </si>
+  <si>
+    <t>Mite (D. farinae) 5000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840003606</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 10000 AU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003603</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 10000 AU/ML Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840003609</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 10000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840003909</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 30000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840003506</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 5000 AU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840003509</t>
+  </si>
+  <si>
+    <t>Mite (D. pteronyssinus) 5000 AU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840541702</t>
+  </si>
+  <si>
+    <t>Mountain Cedar 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840510705</t>
+  </si>
+  <si>
+    <t>Mouse Epithelium (Mus musculus) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840510702</t>
+  </si>
+  <si>
+    <t>Mouse Epithelium (Mus Musculus) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840531702</t>
+  </si>
+  <si>
+    <t>Nettle (Urtica dioica) (Allergenic Extract) 1:40 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840545902</t>
+  </si>
+  <si>
+    <t>Pecan Pollen 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840563102</t>
+  </si>
+  <si>
+    <t>Penicillium Notatum 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840021002</t>
+  </si>
+  <si>
+    <t>Perennial Rye Grass Pollen Standardized 100000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840021004</t>
+  </si>
+  <si>
+    <t>Perennial Rye Grass Pollen Standardized 100000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840541802</t>
+  </si>
+  <si>
+    <t>Red Cedar (Juniperus virginiana) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840543905</t>
+  </si>
+  <si>
+    <t>Red Maple (Acer Rubrum) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840543902</t>
+  </si>
+  <si>
+    <t>Red Maple (Acer Rubrum) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840545305</t>
+  </si>
+  <si>
+    <t>Red Oak (Quercus rubra) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840545302</t>
+  </si>
+  <si>
+    <t>Red Oak (Quercus rubra) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840531902</t>
+  </si>
+  <si>
+    <t>Rough Pigweed (Amaranthus retroflexus) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840533202</t>
+  </si>
+  <si>
+    <t>Sagebrush 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840931905</t>
+  </si>
+  <si>
+    <t>Sheep Sorrel-Yellow Dock (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840931902</t>
+  </si>
+  <si>
+    <t>Sheep Sorrel-Yellow Dock 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840030105</t>
+  </si>
+  <si>
+    <t>Short Ragweed-Giant Ragweed (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840030102</t>
+  </si>
+  <si>
+    <t>Short Ragweed-Giant Ragweed 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840021402</t>
+  </si>
+  <si>
+    <t>Timothy Grass Pollen Allergen Extract 100000 BAU/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840021404</t>
+  </si>
+  <si>
+    <t>Timothy Grass Pollen Allergen Extract 100000 BAU/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>22840543602</t>
+  </si>
+  <si>
+    <t>Western Juniper (Juniperus occidentalis) 1:40 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840540305</t>
+  </si>
+  <si>
+    <t>White Alder (Alnus Rhombifolia) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840540302</t>
+  </si>
+  <si>
+    <t>White Alder (Alnus Rhombifolia) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840540705</t>
+  </si>
+  <si>
+    <t>White Ash (Fraxinus americana) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840540702</t>
+  </si>
+  <si>
+    <t>White Ash (Fraxinus americana) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>22840541505</t>
+  </si>
+  <si>
+    <t>White Birch (Betula populifolia) (Diagnostic) 1:20 Solution 5.000 ML</t>
+  </si>
+  <si>
+    <t>22840541502</t>
+  </si>
+  <si>
+    <t>White Birch (Betula populifolia) 1:20 Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>HIKMA PHARMACEUTICALS USA</t>
+  </si>
+  <si>
+    <t>00641620725</t>
+  </si>
+  <si>
+    <t>Lorazepam 2 MG/ML Solution 1.000 ML</t>
+  </si>
+  <si>
+    <t>Central Nervous System Agents - Antianxiety Agents</t>
+  </si>
+  <si>
+    <t>00641604425</t>
+  </si>
+  <si>
+    <t>Lorazepam 2 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00641604610</t>
+  </si>
+  <si>
+    <t>Lorazepam 2 MG/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>00641604525</t>
+  </si>
+  <si>
+    <t>Lorazepam 4 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00641604710</t>
+  </si>
+  <si>
+    <t>Lorazepam 4 MG/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>HOSPIRA</t>
+  </si>
+  <si>
+    <t>00409963005</t>
+  </si>
+  <si>
+    <t>Atropine Sulfate 0.25 MG/5ML Solution Prefilled Syringe 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Agents - Ulcer Drugs/Antispasmodics/Anticholinergics</t>
+  </si>
+  <si>
+    <t>00409196607</t>
+  </si>
+  <si>
+    <t>Bacteriostatic Sodium Chloride 0.9 % Solution 30.000 ML</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Adjuvants</t>
+  </si>
+  <si>
+    <t>00409176110</t>
+  </si>
+  <si>
+    <t>Bupivacaine in Dextrose 0.75-8.25 % Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409174610</t>
+  </si>
+  <si>
+    <t>Bupivacaine w/ Epinephrine 0.25% -1:200000 Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409175250</t>
+  </si>
+  <si>
+    <t>Bupivacaine w/ Epinephrine 0.25% -1:200000 Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00409174910</t>
+  </si>
+  <si>
+    <t>00409174929</t>
+  </si>
+  <si>
+    <t>00409177510</t>
+  </si>
+  <si>
+    <t>Dextrose 250 MG/ML Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409751716</t>
+  </si>
+  <si>
+    <t>Dextrose 50 % Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409664802</t>
+  </si>
+  <si>
+    <t>00409234632</t>
+  </si>
+  <si>
+    <t>Dobutamine in Dextrose 1-5 MG/ML-% Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Cardiotonics</t>
+  </si>
+  <si>
+    <t>00409234732</t>
+  </si>
+  <si>
+    <t>Dobutamine in Dextrose 2-5 MG/ML-% Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409372432</t>
+  </si>
+  <si>
+    <t>Dobutamine in Dextrose 4-5 MG/ML-% Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409910420</t>
+  </si>
+  <si>
+    <t>Dopamine HCl 40 MG/ML Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409648201</t>
+  </si>
+  <si>
+    <t>Erythromycin Lactobionate 500 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Macrolides</t>
+  </si>
+  <si>
+    <t>00409909422</t>
+  </si>
+  <si>
+    <t>Fentanyl Citrate 100 MCG/2ML Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>Analgesics - Opioid</t>
+  </si>
+  <si>
+    <t>00409909431</t>
+  </si>
+  <si>
+    <t>Fentanyl Citrate 1000 MCG/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409909425</t>
+  </si>
+  <si>
+    <t>Fentanyl Citrate 250 MCG/5ML Solution 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409909461</t>
+  </si>
+  <si>
+    <t>Fentanyl Citrate 2500 MCG/50ML Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409909428</t>
+  </si>
+  <si>
+    <t>Fentanyl Citrate 500 MCG/10ML Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409155554</t>
+  </si>
+  <si>
+    <t>Hetastarch (HES /0.7 or /0.75) in Electrolytes 6 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409180501</t>
+  </si>
+  <si>
+    <t>Hydromorphone HCl 0.25 MG/0.5ML Solution 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>00409128337</t>
+  </si>
+  <si>
+    <t>Hydromorphone HCl 1 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409336510</t>
+  </si>
+  <si>
+    <t>Hydromorphone HCl 2 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409131236</t>
+  </si>
+  <si>
+    <t>00409403101</t>
+  </si>
+  <si>
+    <t>Mannitol 25 % Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Diuretics</t>
+  </si>
+  <si>
+    <t>00409118130</t>
+  </si>
+  <si>
+    <t>Meperidine HCl 50 MG/ML Solution 30.000 ML</t>
+  </si>
+  <si>
+    <t>00409189323</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 10 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409189023</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 2 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409189620</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 50 MG/ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409202201</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 50 MG/ML Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409818301</t>
+  </si>
+  <si>
+    <t>Potassium Acetate 2 MEQ/ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409329906</t>
+  </si>
+  <si>
+    <t>Sodium Acetate 2 MEQ/ML Solution 100.000 ML</t>
+  </si>
+  <si>
+    <t>00409729973</t>
+  </si>
+  <si>
+    <t>Sodium Acetate 2 MEQ/ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409329905</t>
+  </si>
+  <si>
+    <t>Sodium Acetate 2 MEQ/ML Solution 50.000 ML</t>
+  </si>
+  <si>
+    <t>00409488820</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.9 % Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409114102</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 4 MEQ/ML Solution 100.000 ML</t>
+  </si>
+  <si>
+    <t>00409739172</t>
+  </si>
+  <si>
+    <t>Sodium Phosphates (Sodium Phosphate Dibasic &amp; Monobasic) 45 MMOLE/15ML Solution 15.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409030201</t>
+  </si>
+  <si>
+    <t>Topotecan HCl 4 MG/4ML Solution 4.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409397703</t>
+  </si>
+  <si>
+    <t>Water For Inject, Bacteriostatic Benzyl Alcohol Solution 30.000 ML</t>
+  </si>
+  <si>
+    <t>00409488710</t>
+  </si>
+  <si>
+    <t>Water For Injection, Sterile Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409488799</t>
+  </si>
+  <si>
+    <t>Water For Injection, Sterile Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409488720</t>
+  </si>
+  <si>
+    <t>Water For Injection, Sterile Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>00409488750</t>
+  </si>
+  <si>
+    <t>Water For Injection, Sterile Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>ICU MEDICAL</t>
+  </si>
+  <si>
+    <t>00990417905</t>
+  </si>
+  <si>
+    <t>Amino Acid Infusion 10 % Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990717217</t>
+  </si>
+  <si>
+    <t>Amino Acid Infusion 10 % Solution 2000.000 ML</t>
+  </si>
+  <si>
+    <t>00990717117</t>
+  </si>
+  <si>
+    <t>Amino Acid Infusion 15 % Solution 2000.000 ML</t>
+  </si>
+  <si>
+    <t>00990417803</t>
+  </si>
+  <si>
+    <t>Amino Acid Infusion 7 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990793819</t>
+  </si>
+  <si>
+    <t>Dextrose 10 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990793519</t>
+  </si>
+  <si>
+    <t>Dextrose 20 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990800415</t>
+  </si>
+  <si>
+    <t>Dextrose 30 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990793719</t>
+  </si>
+  <si>
+    <t>Dextrose 40 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792323</t>
+  </si>
+  <si>
+    <t>00990792337</t>
+  </si>
+  <si>
+    <t>00990792320</t>
+  </si>
+  <si>
+    <t>Dextrose 5 % Solution 25.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792313</t>
+  </si>
+  <si>
+    <t>Dextrose 5 % Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792336</t>
+  </si>
+  <si>
+    <t>00990792255</t>
+  </si>
+  <si>
+    <t>Dextrose 5 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990793619</t>
+  </si>
+  <si>
+    <t>Dextrose 50 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990791819</t>
+  </si>
+  <si>
+    <t>Dextrose 70 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792409</t>
+  </si>
+  <si>
+    <t>Dextrose w/ Sodium Chloride 5-0.225 % Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792402</t>
+  </si>
+  <si>
+    <t>Dextrose w/ Sodium Chloride 5-0.225 % Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792403</t>
+  </si>
+  <si>
+    <t>Dextrose w/ Sodium Chloride 5-0.225 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792509</t>
+  </si>
+  <si>
+    <t>Dextrose w/ Sodium Chloride 5-0.3 % Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990792503</t>
+  </si>
+  <si>
+    <t>Dextrose w/ Sodium Chloride 5-0.3 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990796509</t>
+  </si>
+  <si>
+    <t>Electrolyte-M in Dextrose Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990737262</t>
+  </si>
+  <si>
+    <t>Electrolyte-MB in Dextrose Solution 250.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990796809</t>
+  </si>
+  <si>
+    <t>Electrolyte-R in Dextrose Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990797408</t>
+  </si>
+  <si>
+    <t>Glycine (GU Irrigant) 1.5 % Solution 3000.000 ML UD</t>
+  </si>
+  <si>
+    <t>Genitourinary Agents - Miscellaneous</t>
+  </si>
+  <si>
+    <t>00990711109</t>
+  </si>
+  <si>
+    <t>Potassium Chloride in D5W Lactated Ringers 20 MEQ/L Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990799309</t>
+  </si>
+  <si>
+    <t>Potassium Chloride in Dextrose &amp; Sodium Chloride 10-5-0.45 MEQ/L-%-% Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990797205</t>
+  </si>
+  <si>
+    <t>Sodium Chloride (GU Irrigant) 0.9 % Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990797207</t>
+  </si>
+  <si>
+    <t>Sodium Chloride (GU Irrigant) 0.9 % Solution 2000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990797208</t>
+  </si>
+  <si>
+    <t>Sodium Chloride (GU Irrigant) 0.9 % Solution 3000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990773037</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.45 % Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990773036</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.45 % Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990798423</t>
+  </si>
+  <si>
+    <t>00990798437</t>
+  </si>
+  <si>
+    <t>00990798420</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.9 % Solution 25.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990798413</t>
+  </si>
+  <si>
+    <t>00990798436</t>
+  </si>
+  <si>
+    <t>00990798355</t>
+  </si>
+  <si>
+    <t>Sodium Chloride 0.9 % Solution 500.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990711807</t>
+  </si>
+  <si>
+    <t>Water For Injection, Sterile Solution 2000.000 ML UD</t>
+  </si>
+  <si>
+    <t>00990797305</t>
+  </si>
+  <si>
+    <t>Water For Irrigation, Sterile Solution 1000.000 ML UD</t>
+  </si>
+  <si>
+    <t>Miscellaneous Therapeutic Classes</t>
+  </si>
+  <si>
+    <t>JANSSEN BIOTECH</t>
+  </si>
+  <si>
+    <t>57894011101</t>
+  </si>
+  <si>
+    <t>Ciltacabtagene Autoleucel 100000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>57894011102</t>
+  </si>
+  <si>
+    <t>KEY THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>42195055014</t>
+  </si>
+  <si>
+    <t>Ciprofloxacin HCl (Otic) 0.2 % Solution 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>Otic Agents</t>
+  </si>
+  <si>
+    <t>LEADIANT BIOSCIENCES</t>
+  </si>
+  <si>
+    <t>54482002002</t>
+  </si>
+  <si>
+    <t>Cysteamine HCl 0.44 % Solution 15.000 ML UU</t>
+  </si>
+  <si>
+    <t>NOVARTIS</t>
+  </si>
+  <si>
+    <t>00078095819</t>
+  </si>
+  <si>
+    <t>Tisagenlecleucel 600000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>PFIZER U.S.</t>
+  </si>
+  <si>
+    <t>00009722402</t>
+  </si>
+  <si>
+    <t>Lymphocyte Immune Globulin,Anti-Thymocyte Globulin (Equine) 50 MG/ML Solution 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>60793070110</t>
+  </si>
+  <si>
+    <t>Penicillin G Benzathine 1200000 UNIT/2ML Suspension Prefilled Syringe 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Penicillins</t>
+  </si>
+  <si>
+    <t>60793070210</t>
+  </si>
+  <si>
+    <t>Penicillin G Benzathine 2400000 UNIT/4ML Suspension Prefilled Syringe 4.000 ML UD</t>
+  </si>
+  <si>
+    <t>60793070010</t>
+  </si>
+  <si>
+    <t>Penicillin G Benzathine 600000 UNIT/ML Suspension Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00049316044</t>
+  </si>
+  <si>
+    <t>Voriconazole 40 MG/ML Suspension Reconstituted 75.000 ML UU</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Antifungals</t>
+  </si>
+  <si>
+    <t>PHARMACEUTICAL ASSOCIATES</t>
+  </si>
+  <si>
+    <t>00121085340</t>
+  </si>
+  <si>
+    <t>Sulfamethoxazole-Trimethoprim 200-40 MG/5ML Suspension 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>RECORDATI RARE DISEASES</t>
+  </si>
+  <si>
+    <t>55292041005</t>
+  </si>
+  <si>
+    <t>Cysteamine HCl 0.37 % Solution 5.000 ML UU</t>
+  </si>
+  <si>
+    <t>55292032060</t>
+  </si>
+  <si>
+    <t>Osilodrostat Phosphate 1 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>55292032160</t>
+  </si>
+  <si>
+    <t>Osilodrostat Phosphate 5 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>55292013160</t>
+  </si>
+  <si>
+    <t>Pasireotide Diaspartate 0.3 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>55292013260</t>
+  </si>
+  <si>
+    <t>Pasireotide Diaspartate 0.6 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>55292013360</t>
+  </si>
+  <si>
+    <t>Pasireotide Diaspartate 0.9 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>55292013901</t>
+  </si>
+  <si>
+    <t>Pasireotide Pamoate 10 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55292014001</t>
+  </si>
+  <si>
+    <t>Pasireotide Pamoate 20 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55292014101</t>
+  </si>
+  <si>
+    <t>Pasireotide Pamoate 30 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55292014201</t>
+  </si>
+  <si>
+    <t>Pasireotide Pamoate 40 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55292014301</t>
+  </si>
+  <si>
+    <t>Pasireotide Pamoate 60 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>SCILEX PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>69557022201</t>
+  </si>
+  <si>
+    <t>Colchicine 0.6 MG/5ML Solution 150.000 ML</t>
+  </si>
+  <si>
+    <t>Gout Agents</t>
+  </si>
+  <si>
+    <t>VERICEL CORPORATION</t>
+  </si>
+  <si>
+    <t>69866103005</t>
+  </si>
+  <si>
+    <t>Autologous Cultured Chondrocytes on Collagen Membrane Sheet 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>Neuromuscular Agents - Musculoskeletal Therapy Agents</t>
+  </si>
+  <si>
+    <t>69866103008</t>
+  </si>
+  <si>
+    <t>Autologous Cultured Chondrocytes on Collagen Membrane Sheet 2.000 EA UU</t>
+  </si>
+  <si>
+    <t>Subd. 2 (a)(2): Brand / Biologic &gt;= $60,000</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>00074969403</t>
+  </si>
+  <si>
+    <t>Leuprolide Acetate (CPP) (3 Month) 30 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00032301613</t>
+  </si>
+  <si>
+    <t>Pancrelipase (Lipase-Protease-Amylase) 36000-114000 UNIT Capsule Delayed Release Particles 100.000 EA UU</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Agents - Digestive Aids</t>
+  </si>
+  <si>
+    <t>00074106501</t>
+  </si>
+  <si>
+    <t>Risankizumab-rzaa (Crohn's) 180 MG/1.2ML Solution Cartridge 1.200 ML UD</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Agents - Misc</t>
+  </si>
+  <si>
+    <t>00074107001</t>
+  </si>
+  <si>
+    <t>Risankizumab-rzaa (Crohn's) 360 MG/2.4ML Solution Cartridge 2.400 ML UD</t>
+  </si>
+  <si>
+    <t>00074210001</t>
+  </si>
+  <si>
+    <t>Risankizumab-rzaa 150 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00074105001</t>
+  </si>
+  <si>
+    <t>Risankizumab-rzaa 150 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00074230630</t>
+  </si>
+  <si>
+    <t>Upadacitinib 15 MG Tablet Extended Release 24 Hour 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>Analgesics - Anti-Inflammatory</t>
+  </si>
+  <si>
+    <t>00074231030</t>
+  </si>
+  <si>
+    <t>Upadacitinib 30 MG Tablet Extended Release 24 Hour 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00074104328</t>
+  </si>
+  <si>
+    <t>Upadacitinib 45 MG Tablet Extended Release 24 Hour 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00074057622</t>
+  </si>
+  <si>
+    <t>Venetoclax 100 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>00074057630</t>
+  </si>
+  <si>
+    <t>Venetoclax 100 MG Tablet 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>ACADIA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>63090010030</t>
+  </si>
+  <si>
+    <t>Pimavanserin Tartrate 10 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>Central Nervous System Agents - Antipsychotics/Antimanic Agents</t>
+  </si>
+  <si>
+    <t>63090034030</t>
+  </si>
+  <si>
+    <t>Pimavanserin Tartrate 34 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>63090066001</t>
+  </si>
+  <si>
+    <t>Trofinetide 200 MG/ML Solution 450.000 ML</t>
+  </si>
+  <si>
+    <t>ACER THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>72542012401</t>
+  </si>
+  <si>
+    <t>Arimoclomol Citrate 124 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>Psychotherapeutic and Neurological Agents - Miscellaneous - Misc</t>
+  </si>
+  <si>
+    <t>ACTELION PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>66215010206</t>
+  </si>
+  <si>
+    <t>Bosentan 125 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Misc</t>
+  </si>
+  <si>
+    <t>66215023256</t>
+  </si>
+  <si>
+    <t>Bosentan 32 MG Tablet Soluble 56.000 EA UD</t>
+  </si>
+  <si>
+    <t>66215050130</t>
+  </si>
+  <si>
+    <t>Macitentan 10 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>66215081430</t>
+  </si>
+  <si>
+    <t>Macitentan-Tadalafil 10-40 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>66215061006</t>
+  </si>
+  <si>
+    <t>Selexipag 1000 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215061206</t>
+  </si>
+  <si>
+    <t>Selexipag 1200 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215061406</t>
+  </si>
+  <si>
+    <t>Selexipag 1400 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215061606</t>
+  </si>
+  <si>
+    <t>Selexipag 1600 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215062820</t>
+  </si>
+  <si>
+    <t>Selexipag 200 &amp; 800 MCG Tablet Therapy Pack 200.000 EA UU</t>
+  </si>
+  <si>
+    <t>66215060214</t>
+  </si>
+  <si>
+    <t>Selexipag 200 MCG Tablet 140.000 EA</t>
+  </si>
+  <si>
+    <t>66215060206</t>
+  </si>
+  <si>
+    <t>Selexipag 200 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215060406</t>
+  </si>
+  <si>
+    <t>Selexipag 400 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215060606</t>
+  </si>
+  <si>
+    <t>Selexipag 600 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>66215060806</t>
+  </si>
+  <si>
+    <t>Selexipag 800 MCG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>ADVANZ PHARMA</t>
+  </si>
+  <si>
+    <t>59212068010</t>
+  </si>
+  <si>
+    <t>Zonisamide 100 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>Neuromuscular Agents - Anticonvulsants</t>
+  </si>
+  <si>
+    <t>AKARX</t>
+  </si>
+  <si>
+    <t>71369002010</t>
+  </si>
+  <si>
+    <t>Avatrombopag Maleate 20 MG Tablet 10.000 EA UU</t>
+  </si>
+  <si>
+    <t>Hematological Agents - Hematopoietic Agents</t>
+  </si>
+  <si>
+    <t>71369002015</t>
+  </si>
+  <si>
+    <t>Avatrombopag Maleate 20 MG Tablet 15.000 EA UU</t>
+  </si>
+  <si>
+    <t>71369002030</t>
+  </si>
+  <si>
+    <t>Avatrombopag Maleate 20 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>25682002501</t>
+  </si>
+  <si>
+    <t>Ravulizumab-cwvz 300 MG/3ML Solution 3.000 ML UD</t>
+  </si>
+  <si>
+    <t>00310061060</t>
+  </si>
+  <si>
+    <t>Selumetinib Sulfate 10 MG Capsule 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>00310062560</t>
+  </si>
+  <si>
+    <t>Selumetinib Sulfate 25 MG Capsule 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>ALNYLAM PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>71336100101</t>
+  </si>
+  <si>
+    <t>Givosiran Sodium 189 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>AMGEN</t>
+  </si>
+  <si>
+    <t>55513013760</t>
+  </si>
+  <si>
+    <t>Apremilast 30 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>73556016801</t>
+  </si>
+  <si>
+    <t>Avacopan 10 MG Capsule 180.000 EA</t>
+  </si>
+  <si>
+    <t>55513016001</t>
+  </si>
+  <si>
+    <t>Blinatumomab 35 MCG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>75987010004</t>
+  </si>
+  <si>
+    <t>Cysteamine Bitartrate 25 MG Capsule Delayed Release 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>75987010108</t>
+  </si>
+  <si>
+    <t>Cysteamine Bitartrate 75 MG Capsule Delayed Release 250.000 EA UU</t>
+  </si>
+  <si>
+    <t>75987014013</t>
+  </si>
+  <si>
+    <t>Cysteamine Bitartrate 75 MG Packet 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>58406005504</t>
+  </si>
+  <si>
+    <t>Etanercept 25 MG/0.5ML Solution 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>58406001004</t>
+  </si>
+  <si>
+    <t>Etanercept 25 MG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>58406003204</t>
+  </si>
+  <si>
+    <t>Etanercept 50 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>58406004404</t>
+  </si>
+  <si>
+    <t>Etanercept 50 MG/ML Solution Cartridge 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>58406002104</t>
+  </si>
+  <si>
+    <t>Etanercept 50 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>75987005006</t>
+  </si>
+  <si>
+    <t>Glycerol Phenylbutyrate 1.1 GM/ML Liquid 25.000 ML</t>
+  </si>
+  <si>
+    <t>75987015003</t>
+  </si>
+  <si>
+    <t>Inebilizumab-cdon 100 MG/10ML Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>75987011111</t>
+  </si>
+  <si>
+    <t>Interferon Gamma-1B 100 MCG/0.5ML Solution 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>55513022101</t>
+  </si>
+  <si>
+    <t>Romiplostim 250 MCG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55513022201</t>
+  </si>
+  <si>
+    <t>Romiplostim 500 MCG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55513048824</t>
+  </si>
+  <si>
+    <t>Sotorasib 120 MG Tablet 240.000 EA</t>
+  </si>
+  <si>
+    <t>55513050450</t>
+  </si>
+  <si>
+    <t>Sotorasib 320 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>75987013015</t>
+  </si>
+  <si>
+    <t>Teprotumumab-trbw 500 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>55513012301</t>
+  </si>
+  <si>
+    <t>Tezepelumab-ekko 210 MG/1.91ML Solution Auto-injector 1.910 ML UD</t>
+  </si>
+  <si>
+    <t>Antihistamines/Nasal Agents/Cough &amp; Cold/Respiratory/Misc - Antiasthmatic And Bronchodilator Agents</t>
+  </si>
+  <si>
+    <t>55513011201</t>
+  </si>
+  <si>
+    <t>Tezepelumab-ekko 210 MG/1.91ML Solution Prefilled Syringe 1.910 ML UD</t>
+  </si>
+  <si>
+    <t>AMICUS THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>71904010001</t>
+  </si>
+  <si>
+    <t>Migalastat HCl 123 MG Capsule 14.000 EA UD</t>
+  </si>
+  <si>
+    <t>ANI  PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>62559086015</t>
+  </si>
+  <si>
+    <t>Corticotropin 80 UNIT/ML Gel 5.000 ML</t>
+  </si>
+  <si>
+    <t>APELLIS PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>73606001001</t>
+  </si>
+  <si>
+    <t>Pegcetacoplan 1080 MG/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>ARGENX US</t>
+  </si>
+  <si>
+    <t>73475304105</t>
+  </si>
+  <si>
+    <t>Efgartigimod alfa-fcab 400 MG/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>73475310203</t>
+  </si>
+  <si>
+    <t>Efgartigimod alfa-Hyaluronidase-qvfc 180-2000 MG-UNIT/ML Solution 5.600 ML UD</t>
+  </si>
+  <si>
+    <t>ARRAY BIOPHARMA</t>
+  </si>
+  <si>
+    <t>70255001002</t>
+  </si>
+  <si>
+    <t>Binimetinib 15 MG Tablet 180.000 EA</t>
+  </si>
+  <si>
+    <t>70255002503</t>
+  </si>
+  <si>
+    <t>Encorafenib 75 MG Capsule 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>70255002501</t>
+  </si>
+  <si>
+    <t>Encorafenib 75 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>ASCENDIS PHARMA</t>
+  </si>
+  <si>
+    <t>73362001001</t>
+  </si>
+  <si>
+    <t>Lonapegsomatropin-tcgd 11 MG Cartridge 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>73362001101</t>
+  </si>
+  <si>
+    <t>Lonapegsomatropin-tcgd 13.3 MG Cartridge 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>73362000701</t>
+  </si>
+  <si>
+    <t>Lonapegsomatropin-tcgd 6.3 MG Cartridge 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>73362000801</t>
+  </si>
+  <si>
+    <t>Lonapegsomatropin-tcgd 7.6 MG Cartridge 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>73362000901</t>
+  </si>
+  <si>
+    <t>Lonapegsomatropin-tcgd 9.1 MG Cartridge 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>ASTELLAS</t>
+  </si>
+  <si>
+    <t>00469012599</t>
+  </si>
+  <si>
+    <t>Enzalutamide 40 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>00469062599</t>
+  </si>
+  <si>
+    <t>Enzalutamide 40 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>00469072560</t>
+  </si>
+  <si>
+    <t>Enzalutamide 80 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00469142590</t>
+  </si>
+  <si>
+    <t>Gilteritinib Fumarate 40 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>00469052002</t>
+  </si>
+  <si>
+    <t>Isavuconazonium Sulfate 186 MG Capsule 14.000 EA UD</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>00310351260</t>
+  </si>
+  <si>
+    <t>Acalabrutinib Maleate 100 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00310950101</t>
+  </si>
+  <si>
+    <t>Capivasertib 200 MG Tablet 64.000 EA</t>
+  </si>
+  <si>
+    <t>00310940001</t>
+  </si>
+  <si>
+    <t>Eplontersen Sodium 45 MG/0.8ML Solution Auto-injector 0.800 ML UD</t>
+  </si>
+  <si>
+    <t>00310066812</t>
+  </si>
+  <si>
+    <t>Olaparib 100 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>00310066860</t>
+  </si>
+  <si>
+    <t>Olaparib 100 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00310067912</t>
+  </si>
+  <si>
+    <t>Olaparib 150 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>00310067960</t>
+  </si>
+  <si>
+    <t>Olaparib 150 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00310134930</t>
+  </si>
+  <si>
+    <t>Osimertinib Mesylate 40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00310135030</t>
+  </si>
+  <si>
+    <t>Osimertinib Mesylate 80 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>AURINIA PHARMA</t>
+  </si>
+  <si>
+    <t>75626000101</t>
+  </si>
+  <si>
+    <t>Voclosporin 7.9 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>75626000102</t>
+  </si>
+  <si>
+    <t>AVADEL PHARMACEUTICALS USA</t>
+  </si>
+  <si>
+    <t>13551000130</t>
+  </si>
+  <si>
+    <t>Sodium Oxybate 4.5 GM Packet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>13551000430</t>
+  </si>
+  <si>
+    <t>Sodium Oxybate 9 GM Packet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>AVEO ONCOLOGY</t>
+  </si>
+  <si>
+    <t>45629008901</t>
+  </si>
+  <si>
+    <t>Tivozanib HCl 0.89 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>45629013401</t>
+  </si>
+  <si>
+    <t>Tivozanib HCl 1.34 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>AZURITY PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>24338015020</t>
+  </si>
+  <si>
+    <t>Triptorelin Pamoate (CPP) 22.5 MG Suspension Reconstituted ER 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>00003218851</t>
+  </si>
+  <si>
+    <t>Abatacept 125 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00003218811</t>
+  </si>
+  <si>
+    <t>Abatacept 125 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00003218713</t>
+  </si>
+  <si>
+    <t>Abatacept 250 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>59572073007</t>
+  </si>
+  <si>
+    <t>Azacitidine 200 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>59572074007</t>
+  </si>
+  <si>
+    <t>Azacitidine 300 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>00003085222</t>
+  </si>
+  <si>
+    <t>Dasatinib 100 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00003085722</t>
+  </si>
+  <si>
+    <t>Dasatinib 140 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00003052711</t>
+  </si>
+  <si>
+    <t>Dasatinib 20 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00003052811</t>
+  </si>
+  <si>
+    <t>Dasatinib 50 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00003052411</t>
+  </si>
+  <si>
+    <t>Dasatinib 70 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00003085522</t>
+  </si>
+  <si>
+    <t>Dasatinib 80 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00003089511</t>
+  </si>
+  <si>
+    <t>Deucravacitinib 6 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>59572071030</t>
+  </si>
+  <si>
+    <t>Enasidenib Mesylate 100 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>59572070530</t>
+  </si>
+  <si>
+    <t>Enasidenib Mesylate 50 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>59572072012</t>
+  </si>
+  <si>
+    <t>Fedratinib HCl 100 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>59572041000</t>
+  </si>
+  <si>
+    <t>Lenalidomide 10 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572041028</t>
+  </si>
+  <si>
+    <t>Lenalidomide 10 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>59572041500</t>
+  </si>
+  <si>
+    <t>Lenalidomide 15 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572041521</t>
+  </si>
+  <si>
+    <t>Lenalidomide 15 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572040200</t>
+  </si>
+  <si>
+    <t>Lenalidomide 2.5 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572040228</t>
+  </si>
+  <si>
+    <t>Lenalidomide 2.5 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>59572042021</t>
+  </si>
+  <si>
+    <t>Lenalidomide 20 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572042500</t>
+  </si>
+  <si>
+    <t>Lenalidomide 25 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572042521</t>
+  </si>
+  <si>
+    <t>Lenalidomide 25 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572040500</t>
+  </si>
+  <si>
+    <t>Lenalidomide 5 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572040528</t>
+  </si>
+  <si>
+    <t>Lenalidomide 5 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>73625011311</t>
+  </si>
+  <si>
+    <t>Mavacamten 10 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>73625011411</t>
+  </si>
+  <si>
+    <t>Mavacamten 15 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>73625011111</t>
+  </si>
+  <si>
+    <t>Mavacamten 2.5 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>73625011211</t>
+  </si>
+  <si>
+    <t>Mavacamten 5 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>59572082030</t>
+  </si>
+  <si>
+    <t>Ozanimod HCl 0.92 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>59572050100</t>
+  </si>
+  <si>
+    <t>Pomalidomide 1 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572050121</t>
+  </si>
+  <si>
+    <t>Pomalidomide 1 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572050200</t>
+  </si>
+  <si>
+    <t>Pomalidomide 2 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572050221</t>
+  </si>
+  <si>
+    <t>Pomalidomide 2 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572050300</t>
+  </si>
+  <si>
+    <t>Pomalidomide 3 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572050321</t>
+  </si>
+  <si>
+    <t>Pomalidomide 3 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>59572050400</t>
+  </si>
+  <si>
+    <t>Pomalidomide 4 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>59572050421</t>
+  </si>
+  <si>
+    <t>Pomalidomide 4 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>BAUSCH HEALTH US</t>
+  </si>
+  <si>
+    <t>00187073030</t>
+  </si>
+  <si>
+    <t>Bupropion HCl 150 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>Central Nervous System Agents - Antidepressants</t>
+  </si>
+  <si>
+    <t>00187581230</t>
+  </si>
+  <si>
+    <t>Bupropion Hydrobromide 522 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>00187006301</t>
+  </si>
+  <si>
+    <t>Lorazepam 0.5 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>00187006501</t>
+  </si>
+  <si>
+    <t>Lorazepam 2 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>66490069110</t>
+  </si>
+  <si>
+    <t>Primidone 250 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>65649030302</t>
+  </si>
+  <si>
+    <t>Rifaximin 550 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>BAXALTA</t>
+  </si>
+  <si>
+    <t>00944270005</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV or Subcutaneous 10 GM/100ML Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>Passive Immunizing And Treatment Agents</t>
+  </si>
+  <si>
+    <t>00944270006</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV or Subcutaneous 20 GM/200ML Solution 200.000 ML UD</t>
+  </si>
+  <si>
+    <t>00944270007</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV or Subcutaneous 30 GM/300ML Solution 300.000 ML UD</t>
+  </si>
+  <si>
+    <t>00944270004</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV or Subcutaneous 5 GM/50ML Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00944285009</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) Subcutaneous 10 GM/50ML Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>00944251402</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human)-Hyaluronidase (Human Recombinant) 30 GM/300ML Kit 315.000 ML UD</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE PHARMA</t>
+  </si>
+  <si>
+    <t>50419039501</t>
+  </si>
+  <si>
+    <t>Darolutamide 300 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>50419052435</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1b 0.3 MG Kit 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>50419039101</t>
+  </si>
+  <si>
+    <t>Larotrectinib Sulfate 100 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>50419039001</t>
+  </si>
+  <si>
+    <t>Larotrectinib Sulfate 25 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>50419017106</t>
+  </si>
+  <si>
+    <t>Regorafenib 40 MG Tablet 21.000 EA UU</t>
+  </si>
+  <si>
+    <t>50419025001</t>
+  </si>
+  <si>
+    <t>Riociguat 0.5 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>50419025101</t>
+  </si>
+  <si>
+    <t>Riociguat 1 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>50419025201</t>
+  </si>
+  <si>
+    <t>Riociguat 1.5 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>50419025301</t>
+  </si>
+  <si>
+    <t>Riociguat 2 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>50419025401</t>
+  </si>
+  <si>
+    <t>Riociguat 2.5 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>BEONE MEDICINES USA</t>
+  </si>
+  <si>
+    <t>72579001102</t>
+  </si>
+  <si>
+    <t>Zanubrutinib 80 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>BIO PRODUCTS LABORATORY</t>
+  </si>
+  <si>
+    <t>64208823506</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV 10 GM/100ML Solution 100.000 ML UD</t>
+  </si>
+  <si>
+    <t>64208823507</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV 20 GM/200ML Solution 200.000 ML UD</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>68418794006</t>
+  </si>
+  <si>
+    <t>Stiripentol 500 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>BIOCRYST PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>72769010101</t>
+  </si>
+  <si>
+    <t>Berotralstat HCl 150 MG Capsule 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>64406000602</t>
+  </si>
+  <si>
+    <t>Dimethyl Fumarate 240 MG Capsule Delayed Release 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>64406002003</t>
+  </si>
+  <si>
+    <t>Diroximel Fumarate 231 MG Capsule Delayed Release 120.000 EA</t>
+  </si>
+  <si>
+    <t>59627033304</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 30 MCG/0.5ML Auto-injector Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>59627022205</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 30 MCG/0.5ML Prefilled Syringe Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>64406000801</t>
+  </si>
+  <si>
+    <t>Natalizumab 300 MG/15ML Concentrate 15.000 ML UD</t>
+  </si>
+  <si>
+    <t>64406001101</t>
+  </si>
+  <si>
+    <t>Peginterferon Beta-1a 125 MCG/0.5ML Solution Auto-injector 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>64406001701</t>
+  </si>
+  <si>
+    <t>Peginterferon Beta-1a 125 MCG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>64406001501</t>
+  </si>
+  <si>
+    <t>BIOMARIN PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>68135010001</t>
+  </si>
+  <si>
+    <t>Elosulfase Alfa 5 MG/5ML Solution 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>68135002001</t>
+  </si>
+  <si>
+    <t>Galsulfase 1 MG/ML Solution 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>68135075620</t>
+  </si>
+  <si>
+    <t>Pegvaliase-pqpz 10 MG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>68135067340</t>
+  </si>
+  <si>
+    <t>Pegvaliase-pqpz 20 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>68135067345</t>
+  </si>
+  <si>
+    <t>68135008236</t>
+  </si>
+  <si>
+    <t>Vosoritide 0.4 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>68135011966</t>
+  </si>
+  <si>
+    <t>Vosoritide 0.56 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>BLUEPRINT MEDICINES CORP</t>
+  </si>
+  <si>
+    <t>72064011030</t>
+  </si>
+  <si>
+    <t>Avapritinib 100 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>72064012530</t>
+  </si>
+  <si>
+    <t>Avapritinib 25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>72064015030</t>
+  </si>
+  <si>
+    <t>Avapritinib 50 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM</t>
+  </si>
+  <si>
+    <t>00597013730</t>
+  </si>
+  <si>
+    <t>Afatinib Dimaleate 30 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00597013830</t>
+  </si>
+  <si>
+    <t>Afatinib Dimaleate 40 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00597014360</t>
+  </si>
+  <si>
+    <t>Nintedanib Esylate 100 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>Antihistamines/Nasal Agents/Cough &amp; Cold/Respiratory/Misc - Misc</t>
+  </si>
+  <si>
+    <t>00597014560</t>
+  </si>
+  <si>
+    <t>Nintedanib Esylate 150 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>00597062020</t>
+  </si>
+  <si>
+    <t>Spesolimab-sbzo 150 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>CALLIDITAS THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>81749000401</t>
+  </si>
+  <si>
+    <t>Budesonide 4 MG Capsule Delayed Release 120.000 EA</t>
+  </si>
+  <si>
+    <t>Endocrine and Metabolic Agents - Corticosteroids</t>
+  </si>
+  <si>
+    <t>CATALYST PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>69616021106</t>
+  </si>
+  <si>
+    <t>Amifampridine Phosphate 10 MG Tablet 10.000 EA UU</t>
+  </si>
+  <si>
+    <t>Neuromuscular Agents - Antimyasthenic/Cholinergic Agents</t>
+  </si>
+  <si>
+    <t>69616021103</t>
+  </si>
+  <si>
+    <t>Amifampridine Phosphate 10 MG Tablet 240.000 EA</t>
+  </si>
+  <si>
+    <t>69616026438</t>
+  </si>
+  <si>
+    <t>Vamorolone 40 MG/ML Suspension 100.000 ML UU</t>
+  </si>
+  <si>
+    <t>CHIESI USA</t>
+  </si>
+  <si>
+    <t>10122031002</t>
+  </si>
+  <si>
+    <t>Birch Triterpenes 10 % Gel 23.400 GM UU</t>
+  </si>
+  <si>
+    <t>10122010150</t>
+  </si>
+  <si>
+    <t>Deferiprone 100 MG/ML Solution 500.000 ML</t>
+  </si>
+  <si>
+    <t>Antidotes And Specific Antagonists</t>
+  </si>
+  <si>
+    <t>10122010401</t>
+  </si>
+  <si>
+    <t>Deferiprone 1000 MG Tablet 50.000 EA</t>
+  </si>
+  <si>
+    <t>10122050201</t>
+  </si>
+  <si>
+    <t>Elapegademase-lvlr 2.4 MG/1.5ML Solution 1.500 ML UD</t>
+  </si>
+  <si>
+    <t>69880012028</t>
+  </si>
+  <si>
+    <t>Octreotide Acetate 20 MG Capsule Delayed Release 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>CORCEPT THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>76346007302</t>
+  </si>
+  <si>
+    <t>Mifepristone (Hyperglycemia) 300 MG Tablet 280.000 EA</t>
+  </si>
+  <si>
+    <t>Endocrine and Metabolic Agents - Antidiabetics</t>
+  </si>
+  <si>
+    <t>76346065403</t>
+  </si>
+  <si>
+    <t>CORDAVIS LIMITED</t>
+  </si>
+  <si>
+    <t>83457055402</t>
+  </si>
+  <si>
+    <t>Adalimumab 40 MG/0.4ML Auto-injector Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>83457024302</t>
+  </si>
+  <si>
+    <t>Adalimumab 40 MG/0.4ML Prefilled Syringe Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>CSL BEHRING</t>
+  </si>
+  <si>
+    <t>44206043710</t>
+  </si>
+  <si>
+    <t>44206043820</t>
+  </si>
+  <si>
+    <t>44206043940</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV 40 GM/400ML Solution 400.000 ML UD</t>
+  </si>
+  <si>
+    <t>44206043605</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV 5 GM/50ML Solution 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>44206045510</t>
+  </si>
+  <si>
+    <t>44206045525</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) Subcutaneous 10 GM/50ML Solution Prefilled Syringe 50.000 ML UD</t>
+  </si>
+  <si>
+    <t>44206045404</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) Subcutaneous 4 GM/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>44206045824</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) Subcutaneous 4 GM/20ML Solution Prefilled Syringe 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO</t>
+  </si>
+  <si>
+    <t>65597040720</t>
+  </si>
+  <si>
+    <t>Pexidartinib HCl 125 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>65597051104</t>
+  </si>
+  <si>
+    <t>Quizartinib Dihydrochloride 26.5 MG Tablet 14.000 EA</t>
+  </si>
+  <si>
+    <t>DAY ONE BIOPHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>82950000124</t>
+  </si>
+  <si>
+    <t>Tovorafenib 100 MG Tablet 6.000 EA UU</t>
+  </si>
+  <si>
+    <t>82950001201</t>
+  </si>
+  <si>
+    <t>Tovorafenib 25 MG/ML Suspension Reconstituted 12.000 ML UU</t>
+  </si>
+  <si>
+    <t>DECIPHERA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>73207010130</t>
+  </si>
+  <si>
+    <t>Ripretinib 50 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>DOMPE U.S.</t>
+  </si>
+  <si>
+    <t>71981002007</t>
+  </si>
+  <si>
+    <t>Cenegermin-bkbj 0.002 % Solution 1.000 ML</t>
+  </si>
+  <si>
+    <t>EISAI</t>
+  </si>
+  <si>
+    <t>62856071430</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 10 &amp; 4 MG Capsule Therapy Pack 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856071830</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 10 MG &amp; 2 x 4 MG Capsule Therapy Pack 90.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856071030</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 10 MG Capsule Therapy Pack 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856072430</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 2 x 10 MG &amp; 4 MG Capsule Therapy Pack 90.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856072030</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 2 x 10 MG Capsule Therapy Pack 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856070830</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 2 x 4 MG Capsule Therapy Pack 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856071230</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 3 x 4 MG Capsule Therapy Pack 90.000 EA UU</t>
+  </si>
+  <si>
+    <t>62856070430</t>
+  </si>
+  <si>
+    <t>Lenvatinib Mesylate 4 MG Capsule Therapy Pack 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>EPIZYME</t>
+  </si>
+  <si>
+    <t>72607010000</t>
+  </si>
+  <si>
+    <t>Tazemetostat HBr 200 MG Tablet 240.000 EA</t>
+  </si>
+  <si>
+    <t>71863011250</t>
+  </si>
+  <si>
+    <t>Hydrocortisone 5 MG Capsule Sprinkle 50.000 EA</t>
+  </si>
+  <si>
+    <t>EXELIXIS</t>
+  </si>
+  <si>
+    <t>42388002446</t>
+  </si>
+  <si>
+    <t>Cabozantinib S-Malate 20 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>42388002426</t>
+  </si>
+  <si>
+    <t>42388002546</t>
+  </si>
+  <si>
+    <t>Cabozantinib S-Malate 40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>42388002526</t>
+  </si>
+  <si>
+    <t>42388002326</t>
+  </si>
+  <si>
+    <t>Cabozantinib S-Malate 60 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>42388002346</t>
+  </si>
+  <si>
+    <t>42388001214</t>
+  </si>
+  <si>
+    <t>Cabozantinib S-Malate 80 &amp; 20 MG Kit 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>FERRING</t>
+  </si>
+  <si>
+    <t>55566105001</t>
+  </si>
+  <si>
+    <t>Nadofaragene Firadenovec-vncg 300000000000 VP/ML Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>GENENTECH</t>
+  </si>
+  <si>
+    <t>50242013001</t>
+  </si>
+  <si>
+    <t>Alectinib HCl 150 MG Capsule 240.000 EA</t>
+  </si>
+  <si>
+    <t>50242071701</t>
+  </si>
+  <si>
+    <t>Cobimetinib Fumarate 20 MG Tablet 63.000 EA</t>
+  </si>
+  <si>
+    <t>50242010040</t>
+  </si>
+  <si>
+    <t>Dornase Alfa 2.5 MG/2.5ML Solution 2.500 ML UD</t>
+  </si>
+  <si>
+    <t>50242092201</t>
+  </si>
+  <si>
+    <t>Emicizumab-kxwh 105 MG/0.7ML Solution 0.700 ML UD</t>
+  </si>
+  <si>
+    <t>50242092301</t>
+  </si>
+  <si>
+    <t>Emicizumab-kxwh 150 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242092001</t>
+  </si>
+  <si>
+    <t>Emicizumab-kxwh 30 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242093001</t>
+  </si>
+  <si>
+    <t>Emicizumab-kxwh 300 MG/2ML Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242092101</t>
+  </si>
+  <si>
+    <t>Emicizumab-kxwh 60 MG/0.4ML Solution 0.400 ML UD</t>
+  </si>
+  <si>
+    <t>50242009490</t>
+  </si>
+  <si>
+    <t>Entrectinib 200 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>50242015001</t>
+  </si>
+  <si>
+    <t>Ocrelizumab 300 MG/10ML Solution 10.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242021501</t>
+  </si>
+  <si>
+    <t>Omalizumab 150 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242017507</t>
+  </si>
+  <si>
+    <t>Risdiplam 0.75 MG/ML Solution Reconstituted 80.000 ML UU</t>
+  </si>
+  <si>
+    <t>50242000701</t>
+  </si>
+  <si>
+    <t>Satralizumab-mwge 120 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50242014301</t>
+  </si>
+  <si>
+    <t>Tocilizumab 162 MG/0.9ML Solution Auto-injector 0.900 ML UD</t>
+  </si>
+  <si>
+    <t>50242013801</t>
+  </si>
+  <si>
+    <t>Tocilizumab 162 MG/0.9ML Solution Prefilled Syringe 0.900 ML UD</t>
+  </si>
+  <si>
+    <t>50242009002</t>
+  </si>
+  <si>
+    <t>Vemurafenib 240 MG Tablet 112.000 EA</t>
+  </si>
+  <si>
+    <t>50242014001</t>
+  </si>
+  <si>
+    <t>Vismodegib 150 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>GENZYME</t>
+  </si>
+  <si>
+    <t>58468004001</t>
+  </si>
+  <si>
+    <t>Agalsidase beta 35 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>58468004101</t>
+  </si>
+  <si>
+    <t>Agalsidase beta 5 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>58468042601</t>
+  </si>
+  <si>
+    <t>Avalglucosidase Alfa-ngpt 100 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>58468022501</t>
+  </si>
+  <si>
+    <t>Caplacizumab-yhdp 11 MG Kit 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>58468022001</t>
+  </si>
+  <si>
+    <t>Eliglustat Tartrate 84 MG Capsule 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>58468021004</t>
+  </si>
+  <si>
+    <t>Teriflunomide 14 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>58468021104</t>
+  </si>
+  <si>
+    <t>Teriflunomide 7 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>61958080201</t>
+  </si>
+  <si>
+    <t>Ambrisentan 10 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>61958080101</t>
+  </si>
+  <si>
+    <t>Ambrisentan 5 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>61958090101</t>
+  </si>
+  <si>
+    <t>Aztreonam Lysine 75 MG Solution Reconstituted 1.000 ML UU</t>
+  </si>
+  <si>
+    <t>61958250101</t>
+  </si>
+  <si>
+    <t>Bictegravir-Emtricitabine-Tenofovir Alafenamide Fumarate 50-200-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Antivirals</t>
+  </si>
+  <si>
+    <t>61958170101</t>
+  </si>
+  <si>
+    <t>Idelalisib 100 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>61958170201</t>
+  </si>
+  <si>
+    <t>Idelalisib 150 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>GLAXO SMITH KLINE</t>
+  </si>
+  <si>
+    <t>49401008835</t>
+  </si>
+  <si>
+    <t>Belimumab 200 MG/ML Solution Auto-injector 1.000 ML</t>
+  </si>
+  <si>
+    <t>49401008847</t>
+  </si>
+  <si>
+    <t>Belimumab 200 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00173052700</t>
+  </si>
+  <si>
+    <t>Lamotrigine 25 MG Tablet Chewable 100.000 EA</t>
+  </si>
+  <si>
+    <t>00173089201</t>
+  </si>
+  <si>
+    <t>Mepolizumab 100 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>81864010330</t>
+  </si>
+  <si>
+    <t>Momelotinib Dihydrochloride 100 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>81864010230</t>
+  </si>
+  <si>
+    <t>Momelotinib Dihydrochloride 150 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>81864010130</t>
+  </si>
+  <si>
+    <t>Momelotinib Dihydrochloride 200 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00173090913</t>
+  </si>
+  <si>
+    <t>Niraparib Tosylate 100 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00173091213</t>
+  </si>
+  <si>
+    <t>Niraparib Tosylate 200 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>GRIFOLS USA</t>
+  </si>
+  <si>
+    <t>13533080071</t>
+  </si>
+  <si>
+    <t>13533080024</t>
+  </si>
+  <si>
+    <t>13533080040</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human) IV or Subcutaneous 40 GM/400ML Solution 400.000 ML UD</t>
+  </si>
+  <si>
+    <t>13533080020</t>
+  </si>
+  <si>
+    <t>13533081020</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human)-klhw 4 GM/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>HARMONY BIOSCIENCES</t>
+  </si>
+  <si>
+    <t>72028017803</t>
+  </si>
+  <si>
+    <t>Pitolisant HCl 17.8 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>Adhd/Anti-Narcolepsy/Anti-Obesity/Anorexiants</t>
+  </si>
+  <si>
+    <t>72028004503</t>
+  </si>
+  <si>
+    <t>Pitolisant HCl 4.45 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>IMMEDICA PHARMA US</t>
+  </si>
+  <si>
+    <t>81583010001</t>
+  </si>
+  <si>
+    <t>Ganaxolone 50 MG/ML Suspension 110.000 ML UU</t>
+  </si>
+  <si>
+    <t>INCYTE CORPORATION</t>
+  </si>
+  <si>
+    <t>50881002801</t>
+  </si>
+  <si>
+    <t>Pemigatinib 13.5 MG Tablet 14.000 EA</t>
+  </si>
+  <si>
+    <t>50881002601</t>
+  </si>
+  <si>
+    <t>Pemigatinib 4.5 MG Tablet 14.000 EA</t>
+  </si>
+  <si>
+    <t>50881002701</t>
+  </si>
+  <si>
+    <t>Pemigatinib 9 MG Tablet 14.000 EA</t>
+  </si>
+  <si>
+    <t>50881001060</t>
+  </si>
+  <si>
+    <t>Ruxolitinib Phosphate 10 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>50881001560</t>
+  </si>
+  <si>
+    <t>Ruxolitinib Phosphate 15 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>50881002060</t>
+  </si>
+  <si>
+    <t>Ruxolitinib Phosphate 20 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>50881002560</t>
+  </si>
+  <si>
+    <t>Ruxolitinib Phosphate 25 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>50881000560</t>
+  </si>
+  <si>
+    <t>Ruxolitinib Phosphate 5 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>INSMED</t>
+  </si>
+  <si>
+    <t>71558059028</t>
+  </si>
+  <si>
+    <t>Amikacin Sulfate Liposome 590 MG/8.4ML Suspension 8.400 ML UD</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Aminoglycosides</t>
+  </si>
+  <si>
+    <t>INTRABIO</t>
+  </si>
+  <si>
+    <t>83853010101</t>
+  </si>
+  <si>
+    <t>Levacetylleucine 1 GM Packet 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>IPSEN BIOPHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>15054008001</t>
+  </si>
+  <si>
+    <t>Elafibranor 80 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>ITF THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>11797011002</t>
+  </si>
+  <si>
+    <t>Givinostat HCl 8.86 MG/ML Suspension 140.000 ML UU</t>
+  </si>
+  <si>
+    <t>JANSSEN</t>
+  </si>
+  <si>
+    <t>50458002803</t>
+  </si>
+  <si>
+    <t>Esketamine HCl 28 MG/DEVICE Solution Therapy Pack 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>50458056401</t>
+  </si>
+  <si>
+    <t>Paliperidone Palmitate 234 MG/1.5ML Suspension Prefilled Syringe 1.500 ML UD</t>
+  </si>
+  <si>
+    <t>50458060901</t>
+  </si>
+  <si>
+    <t>Paliperidone Palmitate 819 MG/2.63ML Suspension Prefilled Syringe 2.630 ML UD</t>
+  </si>
+  <si>
+    <t>57894015012</t>
+  </si>
+  <si>
+    <t>Abiraterone Acetate 250 MG Tablet 120.000 EA</t>
+  </si>
+  <si>
+    <t>57894019506</t>
+  </si>
+  <si>
+    <t>Abiraterone Acetate 500 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>57894050301</t>
+  </si>
+  <si>
+    <t>Daratumumab-Hyaluronidase-fihj 1800-30000 MG-UT/15ML Solution 15.000 ML UD</t>
+  </si>
+  <si>
+    <t>57894007102</t>
+  </si>
+  <si>
+    <t>Golimumab 100 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>57894007101</t>
+  </si>
+  <si>
+    <t>Golimumab 100 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>57894007002</t>
+  </si>
+  <si>
+    <t>Golimumab 50 MG/0.5ML Solution Auto-injector 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>57894007001</t>
+  </si>
+  <si>
+    <t>Golimumab 50 MG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>57894064011</t>
+  </si>
+  <si>
+    <t>Guselkumab 100 MG/ML Solution Pen-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>57894064001</t>
+  </si>
+  <si>
+    <t>Guselkumab 100 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>57894006002</t>
+  </si>
+  <si>
+    <t>Ustekinumab 45 MG/0.5ML Solution 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>57894006003</t>
+  </si>
+  <si>
+    <t>Ustekinumab 45 MG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>57894006103</t>
+  </si>
+  <si>
+    <t>Ustekinumab 90 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>JANSSEN PRODUCTS</t>
+  </si>
+  <si>
+    <t>59676060430</t>
+  </si>
+  <si>
+    <t>Apalutamide 240 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>59676060012</t>
+  </si>
+  <si>
+    <t>Apalutamide 60 MG Tablet 120.000 EA UU</t>
+  </si>
+  <si>
+    <t>59676080030</t>
+  </si>
+  <si>
+    <t>Darunavir-Cobicistat-Emtricitabine-Tenofovir Alafenamide 800-150-200-10 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>59676003056</t>
+  </si>
+  <si>
+    <t>Erdafitinib 3 MG Tablet 56.000 EA</t>
+  </si>
+  <si>
+    <t>59676003084</t>
+  </si>
+  <si>
+    <t>Erdafitinib 3 MG Tablet 84.000 EA</t>
+  </si>
+  <si>
+    <t>59676061001</t>
+  </si>
+  <si>
+    <t>Trabectedin 1 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>68727015001</t>
+  </si>
+  <si>
+    <t>Calcium, Magnesium, Potassium, &amp; Sodium Oxybates 500 MG/ML Solution 180.000 ML UU</t>
+  </si>
+  <si>
+    <t>70127010010</t>
+  </si>
+  <si>
+    <t>Cannabidiol 100 MG/ML Solution 100.000 ML UU</t>
+  </si>
+  <si>
+    <t>70127010060</t>
+  </si>
+  <si>
+    <t>Cannabidiol 100 MG/ML Solution 60.000 ML UU</t>
+  </si>
+  <si>
+    <t>68727010001</t>
+  </si>
+  <si>
+    <t>Sodium Oxybate 500 MG/ML Solution 180.000 ML</t>
+  </si>
+  <si>
+    <t>KARYOPHARM THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>72237010202</t>
+  </si>
+  <si>
+    <t>Selinexor 40 MG Tablet Therapy Pack 2.000 EA UU</t>
+  </si>
+  <si>
+    <t>72237010401</t>
+  </si>
+  <si>
+    <t>Selinexor 60 MG Tablet Therapy Pack 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>KINIKSA PHARMACEUTICALS (UK)</t>
+  </si>
+  <si>
+    <t>73604091404</t>
+  </si>
+  <si>
+    <t>Rilonacept 220 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>KRYSTAL BIOTECH</t>
+  </si>
+  <si>
+    <t>82194051002</t>
+  </si>
+  <si>
+    <t>Beremagene geperpavec-svdt 5000000000 PFU/2.5ML Gel 2.500 ML UD</t>
+  </si>
+  <si>
+    <t>KYOWA KIRIN</t>
+  </si>
+  <si>
+    <t>42747010201</t>
+  </si>
+  <si>
+    <t>Burosumab-twza 10 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>42747020301</t>
+  </si>
+  <si>
+    <t>Burosumab-twza 20 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>42747030401</t>
+  </si>
+  <si>
+    <t>Burosumab-twza 30 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>LILLY</t>
+  </si>
+  <si>
+    <t>00002481554</t>
+  </si>
+  <si>
+    <t>Abemaciclib 100 MG Tablet 14.000 EA UD</t>
+  </si>
+  <si>
+    <t>00002533754</t>
+  </si>
+  <si>
+    <t>Abemaciclib 150 MG Tablet 14.000 EA UD</t>
+  </si>
+  <si>
+    <t>00002448354</t>
+  </si>
+  <si>
+    <t>Abemaciclib 50 MG Tablet 14.000 EA UD</t>
+  </si>
+  <si>
+    <t>00002447930</t>
+  </si>
+  <si>
+    <t>Baricitinib 4 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00002144527</t>
+  </si>
+  <si>
+    <t>Ixekizumab 80 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00002144511</t>
+  </si>
+  <si>
+    <t>00002772411</t>
+  </si>
+  <si>
+    <t>Ixekizumab 80 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00002702660</t>
+  </si>
+  <si>
+    <t>Pirtobrutinib 100 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00002690230</t>
+  </si>
+  <si>
+    <t>Pirtobrutinib 50 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>LUNDBECK</t>
+  </si>
+  <si>
+    <t>67386031321</t>
+  </si>
+  <si>
+    <t>Clobazam 2.5 MG/ML Suspension 120.000 ML UU</t>
+  </si>
+  <si>
+    <t>67386031501</t>
+  </si>
+  <si>
+    <t>Clobazam 20 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>67386082019</t>
+  </si>
+  <si>
+    <t>Droxidopa 100 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>67386082219</t>
+  </si>
+  <si>
+    <t>Droxidopa 300 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>MALLINCKRODT ARD</t>
+  </si>
+  <si>
+    <t>63004871001</t>
+  </si>
+  <si>
+    <t>MERCK SHARP &amp; DOHME</t>
+  </si>
+  <si>
+    <t>00006533101</t>
+  </si>
+  <si>
+    <t>Belzutifan 40 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>00006307602</t>
+  </si>
+  <si>
+    <t>Letermovir 480 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>00006508701</t>
+  </si>
+  <si>
+    <t>Sotatercept-csrk 2 x 45 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00006508801</t>
+  </si>
+  <si>
+    <t>Sotatercept-csrk 2 x 60 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00006509001</t>
+  </si>
+  <si>
+    <t>Sotatercept-csrk 45 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00006509101</t>
+  </si>
+  <si>
+    <t>Sotatercept-csrk 60 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>67919004104</t>
+  </si>
+  <si>
+    <t>Tedizolid Phosphate 200 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>MIRATI THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>80739081218</t>
+  </si>
+  <si>
+    <t>Adagrasib 200 MG Tablet 180.000 EA</t>
+  </si>
+  <si>
+    <t>MIRUM PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>79378011001</t>
+  </si>
+  <si>
+    <t>Maralixibat Chloride 9.5 MG/ML Solution 30.000 ML UU</t>
+  </si>
+  <si>
+    <t>MITSUBISHI TANABE PHARMA AMERI</t>
+  </si>
+  <si>
+    <t>70510232201</t>
+  </si>
+  <si>
+    <t>Edaravone 105 MG/5ML Suspension 50.000 ML UU</t>
+  </si>
+  <si>
+    <t>NESTLE HEALTHCARE NUTRITION</t>
+  </si>
+  <si>
+    <t>73562011601</t>
+  </si>
+  <si>
+    <t>Pancrelipase (Lipase-Protease-Amylase) 25000-79000 UNIT Capsule Delayed Release Particles 100.000 EA</t>
+  </si>
+  <si>
+    <t>73562011401</t>
+  </si>
+  <si>
+    <t>Pancrelipase (Lipase-Protease-Amylase) 40000-126000 UNIT Capsule Delayed Release Particles 100.000 EA</t>
+  </si>
+  <si>
+    <t>NEUROCRINE BIOSCIENCES</t>
+  </si>
+  <si>
+    <t>70370204001</t>
+  </si>
+  <si>
+    <t>Valbenazine Tosylate 40 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>70370106001</t>
+  </si>
+  <si>
+    <t>Valbenazine Tosylate 60 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>70370108001</t>
+  </si>
+  <si>
+    <t>Valbenazine Tosylate 80 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078070802</t>
+  </si>
+  <si>
+    <t>Alpelisib 2 x 150 MG Tablet Therapy Pack 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078071502</t>
+  </si>
+  <si>
+    <t>Alpelisib 200 &amp; 50 MG Tablet Therapy Pack 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078070184</t>
+  </si>
+  <si>
+    <t>Alpelisib 200 MG Tablet Therapy Pack 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078109120</t>
+  </si>
+  <si>
+    <t>Asciminib HCl 20 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078109820</t>
+  </si>
+  <si>
+    <t>Asciminib HCl 40 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078073461</t>
+  </si>
+  <si>
+    <t>Canakinumab 150 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00078070956</t>
+  </si>
+  <si>
+    <t>Capmatinib HCl 150 MG Tablet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078071656</t>
+  </si>
+  <si>
+    <t>Capmatinib HCl 200 MG Tablet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078068266</t>
+  </si>
+  <si>
+    <t>Dabrafenib Mesylate 50 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>00078068166</t>
+  </si>
+  <si>
+    <t>Dabrafenib Mesylate 75 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>00078046915</t>
+  </si>
+  <si>
+    <t>Deferasirox 250 MG Tablet Soluble 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078072015</t>
+  </si>
+  <si>
+    <t>Deferasirox 360 MG Packet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078065615</t>
+  </si>
+  <si>
+    <t>Deferasirox 360 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078065415</t>
+  </si>
+  <si>
+    <t>Deferasirox 90 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078068415</t>
+  </si>
+  <si>
+    <t>Eltrombopag Olamine 12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078069761</t>
+  </si>
+  <si>
+    <t>Eltrombopag Olamine 25 MG Packet 30.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078068515</t>
+  </si>
+  <si>
+    <t>Eltrombopag Olamine 25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078068615</t>
+  </si>
+  <si>
+    <t>Eltrombopag Olamine 50 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078068715</t>
+  </si>
+  <si>
+    <t>Eltrombopag Olamine 75 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078042220</t>
+  </si>
+  <si>
+    <t>Everolimus (Immunosuppressant) 1 MG Tablet 60.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078056751</t>
+  </si>
+  <si>
+    <t>Everolimus 10 MG Tablet 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078062051</t>
+  </si>
+  <si>
+    <t>Everolimus 7.5 MG Tablet 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078060715</t>
+  </si>
+  <si>
+    <t>Fingolimod HCl 0.5 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078064913</t>
+  </si>
+  <si>
+    <t>Imatinib Mesylate 400 MG Tablet 10.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078118920</t>
+  </si>
+  <si>
+    <t>Iptacopan HCl 200 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>00078067119</t>
+  </si>
+  <si>
+    <t>Lapatinib Ditosylate 250 MG Tablet 150.000 EA</t>
+  </si>
+  <si>
+    <t>00078069819</t>
+  </si>
+  <si>
+    <t>Midostaurin 25 MG Capsule 112.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078069802</t>
+  </si>
+  <si>
+    <t>Midostaurin 25 MG Capsule 2.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078069899</t>
+  </si>
+  <si>
+    <t>Midostaurin 25 MG Capsule 56.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078059251</t>
+  </si>
+  <si>
+    <t>Nilotinib HCl 150 MG Capsule 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078059287</t>
+  </si>
+  <si>
+    <t>00078052651</t>
+  </si>
+  <si>
+    <t>Nilotinib HCl 200 MG Capsule 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078052687</t>
+  </si>
+  <si>
+    <t>00078095166</t>
+  </si>
+  <si>
+    <t>Nilotinib HCl 50 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>00078082581</t>
+  </si>
+  <si>
+    <t>Octreotide Acetate 30 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078100768</t>
+  </si>
+  <si>
+    <t>Ofatumumab (MS) 20 MG/0.4ML Solution Auto-injector 0.400 ML UD</t>
+  </si>
+  <si>
+    <t>00078086001</t>
+  </si>
+  <si>
+    <t>Ribociclib Succinate 200 MG Tablet Therapy Pack 21.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078086742</t>
+  </si>
+  <si>
+    <t>Ribociclib Succinate 200 MG Tablet Therapy Pack 42.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078087463</t>
+  </si>
+  <si>
+    <t>Ribociclib Succinate 200 MG Tablet Therapy Pack 63.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078063941</t>
+  </si>
+  <si>
+    <t>Secukinumab 150 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00078063968</t>
+  </si>
+  <si>
+    <t>00078063997</t>
+  </si>
+  <si>
+    <t>Secukinumab 150 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>00078063998</t>
+  </si>
+  <si>
+    <t>00078107068</t>
+  </si>
+  <si>
+    <t>Secukinumab 300 MG/2ML Solution Auto-injector 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>00078101415</t>
+  </si>
+  <si>
+    <t>Siponimod Fumarate 1 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078098615</t>
+  </si>
+  <si>
+    <t>Siponimod Fumarate 2 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00078110515</t>
+  </si>
+  <si>
+    <t>Trametinib Dimethyl Sulfoxide 0.5 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00078111215</t>
+  </si>
+  <si>
+    <t>Trametinib Dimethyl Sulfoxide 2 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>00169203011</t>
+  </si>
+  <si>
+    <t>Somapacitan-beco 10 MG/1.5ML Solution Pen-injector 1.500 ML UU</t>
+  </si>
+  <si>
+    <t>00169203711</t>
+  </si>
+  <si>
+    <t>Somapacitan-beco 15 MG/1.5ML Solution Pen-injector 1.500 ML UU</t>
+  </si>
+  <si>
+    <t>00169770521</t>
+  </si>
+  <si>
+    <t>Somatropin 10 MG/1.5ML Solution Pen-injector 1.500 ML UU</t>
+  </si>
+  <si>
+    <t>00169770821</t>
+  </si>
+  <si>
+    <t>Somatropin 15 MG/1.5ML Solution Pen-injector 1.500 ML UU</t>
+  </si>
+  <si>
+    <t>00169770321</t>
+  </si>
+  <si>
+    <t>Somatropin 30 MG/3ML Solution Pen-injector 3.000 ML UU</t>
+  </si>
+  <si>
+    <t>OTSUKA AMERICA</t>
+  </si>
+  <si>
+    <t>59148008213</t>
+  </si>
+  <si>
+    <t>Tolvaptan 15 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>59148007928</t>
+  </si>
+  <si>
+    <t>Tolvaptan 15 MG Tablet Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>59148008028</t>
+  </si>
+  <si>
+    <t>Tolvaptan 30 &amp; 15 MG Tablet Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>59148008728</t>
+  </si>
+  <si>
+    <t>Tolvaptan 45 &amp; 15 MG Tablet Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>59148008828</t>
+  </si>
+  <si>
+    <t>Tolvaptan 60 &amp; 30 MG Tablet Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>59148008928</t>
+  </si>
+  <si>
+    <t>Tolvaptan 90 &amp; 30 MG Tablet Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>PARATEK PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>71715000227</t>
+  </si>
+  <si>
+    <t>Omadacycline Tosylate 150 MG Tablet 30.000 EA UD</t>
+  </si>
+  <si>
+    <t>Anti-Infective Agents - Tetracyclines</t>
+  </si>
+  <si>
+    <t>71715000221</t>
+  </si>
+  <si>
+    <t>Omadacycline Tosylate 150 MG Tablet 6.000 EA UD</t>
+  </si>
+  <si>
+    <t>PARTNER THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>71837584305</t>
+  </si>
+  <si>
+    <t>Sargramostim 250 MCG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>00069033530</t>
+  </si>
+  <si>
+    <t>Abrocitinib 100 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069023530</t>
+  </si>
+  <si>
+    <t>Abrocitinib 50 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069014501</t>
+  </si>
+  <si>
+    <t>Axitinib 1 MG Tablet 180.000 EA</t>
+  </si>
+  <si>
+    <t>00069015111</t>
+  </si>
+  <si>
+    <t>Axitinib 5 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>00069013501</t>
+  </si>
+  <si>
+    <t>Bosutinib 100 MG Tablet 120.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069019301</t>
+  </si>
+  <si>
+    <t>Bosutinib 400 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00069013601</t>
+  </si>
+  <si>
+    <t>Bosutinib 500 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069814120</t>
+  </si>
+  <si>
+    <t>Crizotinib 200 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>00069814020</t>
+  </si>
+  <si>
+    <t>Crizotinib 250 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>00069027430</t>
+  </si>
+  <si>
+    <t>Etrasimod Arginine 2 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00069196502</t>
+  </si>
+  <si>
+    <t>Immune Globulin (Human)-hipp 8 GM/48ML Solution 48.000 ML UD</t>
+  </si>
+  <si>
+    <t>00069023101</t>
+  </si>
+  <si>
+    <t>Lorlatinib 100 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00069022701</t>
+  </si>
+  <si>
+    <t>Lorlatinib 25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>00069018821</t>
+  </si>
+  <si>
+    <t>Palbociclib 100 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>00069048603</t>
+  </si>
+  <si>
+    <t>Palbociclib 100 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069018921</t>
+  </si>
+  <si>
+    <t>Palbociclib 125 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>00069068803</t>
+  </si>
+  <si>
+    <t>Palbociclib 125 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069018721</t>
+  </si>
+  <si>
+    <t>Palbociclib 75 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>00069028403</t>
+  </si>
+  <si>
+    <t>Palbociclib 75 MG Tablet 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>00009718830</t>
+  </si>
+  <si>
+    <t>Pegvisomant 20 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>00009720001</t>
+  </si>
+  <si>
+    <t>Pegvisomant 30 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>00069052002</t>
+  </si>
+  <si>
+    <t>Somatrogon-ghla 60 MG/1.2ML Solution Pen-injector 1.200 ML</t>
+  </si>
+  <si>
+    <t>00013264681</t>
+  </si>
+  <si>
+    <t>Somatropin 12 MG Cartridge 1.000 EA</t>
+  </si>
+  <si>
+    <t>00013262681</t>
+  </si>
+  <si>
+    <t>Somatropin 5 MG Cartridge 1.000 EA</t>
+  </si>
+  <si>
+    <t>00069083038</t>
+  </si>
+  <si>
+    <t>Sunitinib Malate 37.5 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>00069873030</t>
+  </si>
+  <si>
+    <t>Tafamidis 61 MG Capsule 30.000 EA UD</t>
+  </si>
+  <si>
+    <t>00069197540</t>
+  </si>
+  <si>
+    <t>Tafamidis Meglumine (Cardiac) 20 MG Capsule 120.000 EA UD</t>
+  </si>
+  <si>
+    <t>00069102902</t>
+  </si>
+  <si>
+    <t>Tofacitinib Citrate 1 MG/ML Solution 240.000 ML UU</t>
+  </si>
+  <si>
+    <t>00069100201</t>
+  </si>
+  <si>
+    <t>Tofacitinib Citrate 10 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069050130</t>
+  </si>
+  <si>
+    <t>Tofacitinib Citrate 11 MG Tablet Extended Release 24 Hour 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00069050230</t>
+  </si>
+  <si>
+    <t>Tofacitinib Citrate 22 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>00069100101</t>
+  </si>
+  <si>
+    <t>Tofacitinib Citrate 5 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>PHARMACYCLICS</t>
+  </si>
+  <si>
+    <t>57962014012</t>
+  </si>
+  <si>
+    <t>Ibrutinib 140 MG Capsule 120.000 EA</t>
+  </si>
+  <si>
+    <t>57962014009</t>
+  </si>
+  <si>
+    <t>Ibrutinib 140 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>57962001428</t>
+  </si>
+  <si>
+    <t>Ibrutinib 140 MG Tablet 28.000 EA</t>
+  </si>
+  <si>
+    <t>57962028028</t>
+  </si>
+  <si>
+    <t>Ibrutinib 280 MG Tablet 28.000 EA</t>
+  </si>
+  <si>
+    <t>57962042028</t>
+  </si>
+  <si>
+    <t>Ibrutinib 420 MG Tablet 28.000 EA</t>
+  </si>
+  <si>
+    <t>57962007028</t>
+  </si>
+  <si>
+    <t>Ibrutinib 70 MG Capsule 28.000 EA</t>
+  </si>
+  <si>
+    <t>PHARMAESSENTIA USA</t>
+  </si>
+  <si>
+    <t>73536050001</t>
+  </si>
+  <si>
+    <t>Ropeginterferon alfa-2b-njft 500 MCG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>PHARMING HEALTHCARE</t>
+  </si>
+  <si>
+    <t>71274017060</t>
+  </si>
+  <si>
+    <t>Leniolisib Phosphate 70 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>PUMA BIOTECHNOLOGY</t>
+  </si>
+  <si>
+    <t>70437024018</t>
+  </si>
+  <si>
+    <t>Neratinib Maleate 40 MG Tablet 180.000 EA</t>
+  </si>
+  <si>
+    <t>PURDUE PHARMA L.P.</t>
+  </si>
+  <si>
+    <t>59011048010</t>
+  </si>
+  <si>
+    <t>Oxycodone HCl 80 MG Tablet ER 12 Hour Abuse-Deterrent 100.000 EA</t>
+  </si>
+  <si>
+    <t>QOL MEDICAL</t>
+  </si>
+  <si>
+    <t>67871011107</t>
+  </si>
+  <si>
+    <t>Sacrosidase 8500 UNIT/ML Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>REGENERON PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>61755001301</t>
+  </si>
+  <si>
+    <t>Evinacumab-dgnb 345 MG/2.3ML Solution 2.300 ML UD</t>
+  </si>
+  <si>
+    <t>RHYTHM PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>72829001001</t>
+  </si>
+  <si>
+    <t>Setmelanotide Acetate 10 MG/ML Solution 1.000 ML</t>
+  </si>
+  <si>
+    <t>RIGEL PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>71332000101</t>
+  </si>
+  <si>
+    <t>Fostamatinib Disodium 100 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>71332000201</t>
+  </si>
+  <si>
+    <t>Fostamatinib Disodium 150 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>71332000660</t>
+  </si>
+  <si>
+    <t>Pralsetinib 100 MG Capsule 60.000 EA</t>
+  </si>
+  <si>
+    <t>71332000690</t>
+  </si>
+  <si>
+    <t>Pralsetinib 100 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>SANDOZ</t>
+  </si>
+  <si>
+    <t>00781300407</t>
+  </si>
+  <si>
+    <t>Somatropin 10 MG/1.5ML Solution Cartridge 1.500 ML</t>
+  </si>
+  <si>
+    <t>SANOFI PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>79802020030</t>
+  </si>
+  <si>
+    <t>Belumosudil Mesylate 200 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>00024591502</t>
+  </si>
+  <si>
+    <t>Dupilumab 300 MG/2ML Solution Auto-injector 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>00024591401</t>
+  </si>
+  <si>
+    <t>Dupilumab 300 MG/2ML Solution Prefilled Syringe 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>00024590801</t>
+  </si>
+  <si>
+    <t>Sarilumab 150 MG/1.14ML Solution Prefilled Syringe 1.140 ML UD</t>
+  </si>
+  <si>
+    <t>73650031601</t>
+  </si>
+  <si>
+    <t>Teplizumab-mzwv 2 MG/2ML Solution 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>SEAGEN</t>
+  </si>
+  <si>
+    <t>51144000212</t>
+  </si>
+  <si>
+    <t>Tucatinib 150 MG Tablet 120.000 EA UU</t>
+  </si>
+  <si>
+    <t>51144000260</t>
+  </si>
+  <si>
+    <t>Tucatinib 150 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>51144000160</t>
+  </si>
+  <si>
+    <t>Tucatinib 50 MG Tablet 60.000 EA UU</t>
+  </si>
+  <si>
+    <t>SECURA BIO</t>
+  </si>
+  <si>
+    <t>73116022556</t>
+  </si>
+  <si>
+    <t>Duvelisib 25 MG Capsule 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>SERONO</t>
+  </si>
+  <si>
+    <t>44087400000</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 10.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400004</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 4.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400005</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 5.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400006</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 6.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400007</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 7.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400008</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 8.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087400009</t>
+  </si>
+  <si>
+    <t>Cladribine (Multiple Sclerosis) 10 MG Tablet Therapy Pack 9.000 EA UU</t>
+  </si>
+  <si>
+    <t>44087332201</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 22 MCG/0.5ML Solution Auto-injector 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>44087002203</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 22 MCG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>44087334401</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 44 MCG/0.5ML Solution Auto-injector 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>44087004403</t>
+  </si>
+  <si>
+    <t>Interferon Beta-1a 44 MCG/0.5ML Solution Prefilled Syringe 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>44087500003</t>
+  </si>
+  <si>
+    <t>Tepotinib HCl 225 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>SERVIER PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>72694061760</t>
+  </si>
+  <si>
+    <t>Ivosidenib 250 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>72694087910</t>
+  </si>
+  <si>
+    <t>Vorasidenib 10 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>72694072840</t>
+  </si>
+  <si>
+    <t>Vorasidenib 40 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>SHIRE US INC.</t>
+  </si>
+  <si>
+    <t>47783010101</t>
+  </si>
+  <si>
+    <t>Ecallantide 10 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>47783064601</t>
+  </si>
+  <si>
+    <t>Lanadelumab-flyo 300 MG/2ML Solution Prefilled Syringe 2.000 ML UD</t>
+  </si>
+  <si>
+    <t>68875010201</t>
+  </si>
+  <si>
+    <t>Teduglutide (rDNA) 5 MG Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>SOBI AB</t>
+  </si>
+  <si>
+    <t>66658023407</t>
+  </si>
+  <si>
+    <t>Anakinra 100 MG/0.67ML Solution Prefilled Syringe 0.670 ML UD</t>
+  </si>
+  <si>
+    <t>SPRINGWORKS THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>82448015014</t>
+  </si>
+  <si>
+    <t>Nirogacestat Hydrobromide 150 MG Tablet 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>STEMLINE THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>72187010203</t>
+  </si>
+  <si>
+    <t>Elacestrant Hydrochloride 345 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>72187010103</t>
+  </si>
+  <si>
+    <t>Elacestrant Hydrochloride 86 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>SUMITOMO PHARMA</t>
+  </si>
+  <si>
+    <t>63402020830</t>
+  </si>
+  <si>
+    <t>Eslicarbazepine Acetate 800 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>47335030383</t>
+  </si>
+  <si>
+    <t>Sonidegib Phosphate 200 MG Capsule 30.000 EA</t>
+  </si>
+  <si>
+    <t>47335017795</t>
+  </si>
+  <si>
+    <t>Tildrakizumab-asmn 100 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>TAIHO PHARMACEUTICAL</t>
+  </si>
+  <si>
+    <t>64842072709</t>
+  </si>
+  <si>
+    <t>Decitabine-Cedazuridine 35-100 MG Tablet 5.000 EA UU</t>
+  </si>
+  <si>
+    <t>64842012005</t>
+  </si>
+  <si>
+    <t>Futibatinib 4 MG Tablet Therapy Pack 28.000 EA UU</t>
+  </si>
+  <si>
+    <t>64842012006</t>
+  </si>
+  <si>
+    <t>Futibatinib 4 MG Tablet Therapy Pack 35.000 EA UU</t>
+  </si>
+  <si>
+    <t>64842102501</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 15-6.14 MG Tablet 20.000 EA</t>
+  </si>
+  <si>
+    <t>64842102502</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 15-6.14 MG Tablet 40.000 EA</t>
+  </si>
+  <si>
+    <t>64842102503</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 15-6.14 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>64842102001</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 20-8.19 MG Tablet 20.000 EA</t>
+  </si>
+  <si>
+    <t>64842102002</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 20-8.19 MG Tablet 40.000 EA</t>
+  </si>
+  <si>
+    <t>64842102003</t>
+  </si>
+  <si>
+    <t>Trifluridine-Tipiracil 20-8.19 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>TAKEDA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>64764080028</t>
+  </si>
+  <si>
+    <t>Maribavir 200 MG Tablet 28.000 EA</t>
+  </si>
+  <si>
+    <t>64764080056</t>
+  </si>
+  <si>
+    <t>Maribavir 200 MG Tablet 56.000 EA</t>
+  </si>
+  <si>
+    <t>64764010821</t>
+  </si>
+  <si>
+    <t>Vedolizumab 108 MG/0.68ML Solution Auto-injector 0.680 ML UD</t>
+  </si>
+  <si>
+    <t>64764030020</t>
+  </si>
+  <si>
+    <t>Vedolizumab 300 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>TAKEDA PHARMACEUTICALS AMERICA</t>
+  </si>
+  <si>
+    <t>63020018030</t>
+  </si>
+  <si>
+    <t>Brigatinib 180 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020011330</t>
+  </si>
+  <si>
+    <t>Brigatinib 30 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020009030</t>
+  </si>
+  <si>
+    <t>Brigatinib 90 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020021021</t>
+  </si>
+  <si>
+    <t>Fruquintinib 1 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>63020022521</t>
+  </si>
+  <si>
+    <t>Fruquintinib 5 MG Capsule 21.000 EA</t>
+  </si>
+  <si>
+    <t>63020023002</t>
+  </si>
+  <si>
+    <t>Ixazomib Citrate 2.3 MG Capsule 3.000 EA UU</t>
+  </si>
+  <si>
+    <t>63020039002</t>
+  </si>
+  <si>
+    <t>Ixazomib Citrate 3 MG Capsule 3.000 EA UU</t>
+  </si>
+  <si>
+    <t>63020040002</t>
+  </si>
+  <si>
+    <t>Ixazomib Citrate 4 MG Capsule 3.000 EA UU</t>
+  </si>
+  <si>
+    <t>63020053630</t>
+  </si>
+  <si>
+    <t>Ponatinib HCl 10 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020053530</t>
+  </si>
+  <si>
+    <t>Ponatinib HCl 15 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020053330</t>
+  </si>
+  <si>
+    <t>Ponatinib HCl 30 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63020053430</t>
+  </si>
+  <si>
+    <t>Ponatinib HCl 45 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>TEVA NEUROSCIENCE</t>
+  </si>
+  <si>
+    <t>68546017260</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 12 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>68546047156</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 12 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546047256</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 24 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546047356</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 30 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546047456</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 36 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546047556</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 42 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546047656</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 48 MG Tablet Extended Release 24 Hour 30.000 EA</t>
+  </si>
+  <si>
+    <t>68546017060</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 6 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>68546017160</t>
+  </si>
+  <si>
+    <t>Deutetrabenazine 9 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>68546032512</t>
+  </si>
+  <si>
+    <t>Glatiramer Acetate 40 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>TEVA PHARMACEUTICALS USA</t>
+  </si>
+  <si>
+    <t>63459020130</t>
+  </si>
+  <si>
+    <t>Modafinil 200 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>TG THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>73150015006</t>
+  </si>
+  <si>
+    <t>Ublituximab-xiiy 150 MG/6ML Solution 6.000 ML UD</t>
+  </si>
+  <si>
+    <t>THERATECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>62064024130</t>
+  </si>
+  <si>
+    <t>Tesamorelin Acetate 2 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>TRAVERE THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>68974020030</t>
+  </si>
+  <si>
+    <t>Sparsentan 200 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>68974040030</t>
+  </si>
+  <si>
+    <t>Sparsentan 400 MG Tablet 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>50474078185</t>
+  </si>
+  <si>
+    <t>Bimekizumab-bkzx 160 MG/ML Solution Auto-injector 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50474078079</t>
+  </si>
+  <si>
+    <t>Bimekizumab-bkzx 160 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>50474071079</t>
+  </si>
+  <si>
+    <t>Certolizumab Pegol 200 MG/ML Prefilled Syringe Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00131181067</t>
+  </si>
+  <si>
+    <t>Lacosamide 200 MG/20ML Solution 20.000 ML UD</t>
+  </si>
+  <si>
+    <t>50474099280</t>
+  </si>
+  <si>
+    <t>Zilucoplan Sodium 32.4 MG/0.81ML Solution Prefilled Syringe 0.810 ML UD</t>
+  </si>
+  <si>
+    <t>ULTRAGENYX PHARMACEUTICAL</t>
+  </si>
+  <si>
+    <t>69794005050</t>
+  </si>
+  <si>
+    <t>Triheptanoin 100 % Liquid 500.000 ML</t>
+  </si>
+  <si>
+    <t>UNITED THERAPEUTICS CORP</t>
+  </si>
+  <si>
+    <t>66302020602</t>
+  </si>
+  <si>
+    <t>Treprostinil 0.6 MG/ML Solution 2.900 ML UU</t>
+  </si>
+  <si>
+    <t>66302061603</t>
+  </si>
+  <si>
+    <t>Treprostinil 16 MCG Powder 112.000 EA UU</t>
+  </si>
+  <si>
+    <t>66302063203</t>
+  </si>
+  <si>
+    <t>Treprostinil 32 MCG Powder 112.000 EA UU</t>
+  </si>
+  <si>
+    <t>66302064803</t>
+  </si>
+  <si>
+    <t>Treprostinil 48 MCG Powder 112.000 EA UU</t>
+  </si>
+  <si>
+    <t>66302066403</t>
+  </si>
+  <si>
+    <t>Treprostinil 64 MCG Powder 112.000 EA UU</t>
+  </si>
+  <si>
+    <t>66302031001</t>
+  </si>
+  <si>
+    <t>Treprostinil Diolamine 1 MG Tablet Extended Release 100.000 EA</t>
+  </si>
+  <si>
+    <t>66302032501</t>
+  </si>
+  <si>
+    <t>Treprostinil Diolamine 2.5 MG Tablet Extended Release 100.000 EA</t>
+  </si>
+  <si>
+    <t>66302035001</t>
+  </si>
+  <si>
+    <t>Treprostinil Diolamine 5 MG Tablet Extended Release 100.000 EA</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS, INC.</t>
+  </si>
+  <si>
+    <t>51167033101</t>
+  </si>
+  <si>
+    <t>Elexacaftor-Tezacaftor-Ivacaftor 100-50-75 &amp; 150 MG Tablet Therapy Pack 84.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167044601</t>
+  </si>
+  <si>
+    <t>Elexacaftor-Tezacaftor-Ivacaftor 100-50-75 &amp; 75 MG Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167010602</t>
+  </si>
+  <si>
+    <t>Elexacaftor-Tezacaftor-Ivacaftor 50-25-37.5 &amp; 75 MG Tablet Therapy Pack 84.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167044501</t>
+  </si>
+  <si>
+    <t>Elexacaftor-Tezacaftor-Ivacaftor 80-40-60 &amp; 59.5 MG Therapy Pack 14.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167020001</t>
+  </si>
+  <si>
+    <t>Ivacaftor 150 MG Tablet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167030001</t>
+  </si>
+  <si>
+    <t>Ivacaftor 50 MG Packet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167040001</t>
+  </si>
+  <si>
+    <t>Ivacaftor 75 MG Packet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167090001</t>
+  </si>
+  <si>
+    <t>Lumacaftor-Ivacaftor 100-125 MG Packet 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>51167070002</t>
+  </si>
+  <si>
+    <t>Lumacaftor-Ivacaftor 100-125 MG Tablet 28.000 EA</t>
+  </si>
+  <si>
+    <t>51167066101</t>
+  </si>
+  <si>
+    <t>Tezacaftor-Ivacaftor 100-150 &amp; 150 MG Tablet Therapy Pack 56.000 EA UU</t>
+  </si>
+  <si>
+    <t>VIATRIS SPECIALTY</t>
+  </si>
+  <si>
+    <t>00069419068</t>
+  </si>
+  <si>
+    <t>Sildenafil Citrate (Pulmonary Hypertension) 20 MG Tablet 90.000 EA</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE</t>
+  </si>
+  <si>
+    <t>49702025018</t>
+  </si>
+  <si>
+    <t>Fostemsavir Tromethamine 600 MG Tablet Extended Release 12 Hour 60.000 EA</t>
+  </si>
+  <si>
+    <t>XERIS PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>72065000101</t>
+  </si>
+  <si>
+    <t>Dichlorphenamide 50 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>72065000301</t>
+  </si>
+  <si>
+    <t>Levoketoconazole 150 MG Tablet 50.000 EA</t>
+  </si>
+  <si>
+    <t>ZOGENIX</t>
+  </si>
+  <si>
+    <t>43376032236</t>
+  </si>
+  <si>
+    <t>Fenfluramine HCl (Anticonvulsant) 2.2 MG/ML Solution 360.000 ML</t>
+  </si>
+  <si>
+    <t>ABEONA THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>84103000701</t>
+  </si>
+  <si>
+    <t>Prademagene Zamikeracel Sheet 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>72542019301</t>
+  </si>
+  <si>
+    <t>Arimoclomol Citrate 93 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>ACROTECH BIOPHARMA</t>
+  </si>
+  <si>
+    <t>72893000704</t>
+  </si>
+  <si>
+    <t>Ibritumomab Tiuxetan for Yttrium-90 (Y-90) 3.2 MG/2ML Kit 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>ADAPTIMMUNE</t>
+  </si>
+  <si>
+    <t>83205000102</t>
+  </si>
+  <si>
+    <t>Afamitresgene Autoleucel 10000000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>71336100201</t>
+  </si>
+  <si>
+    <t>Lumasiran Sodium 94.5 MG/0.5ML Solution 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>73475122104</t>
+  </si>
+  <si>
+    <t>Efgartigimod alfa-Hyaluronidase-qvfc 1000-10000 MG-UNT/5ML Solution Prefilled Syringe 5.000 ML UD</t>
+  </si>
+  <si>
+    <t>AUTOLUS</t>
+  </si>
+  <si>
+    <t>83047041004</t>
+  </si>
+  <si>
+    <t>Obecabtagene Autoleucel 410000000 CELLS Suspension 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>59572042000</t>
+  </si>
+  <si>
+    <t>Lenalidomide 20 MG Capsule 100.000 EA</t>
+  </si>
+  <si>
+    <t>73153090001</t>
+  </si>
+  <si>
+    <t>Lisocabtagene Maraleucel 70000000 CELLS/ML Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>68135092748</t>
+  </si>
+  <si>
+    <t>Valoctocogene Roxaparvovec-rvox 20000000000000 VG/ML Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>BTG INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>50633022020</t>
+  </si>
+  <si>
+    <t>Uridine Triacetate (Emergency Treatment) 10 GM Packet 20.000 EA UU</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH REPACKAGING SO</t>
+  </si>
+  <si>
+    <t>55154142308</t>
+  </si>
+  <si>
+    <t>Rivaroxaban 20 MG Tablet 4440.000 EA UU</t>
+  </si>
+  <si>
+    <t>CELLTRANS</t>
+  </si>
+  <si>
+    <t>73539000101</t>
+  </si>
+  <si>
+    <t>Donislecel-jujn Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>CYCLE PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>70709011260</t>
+  </si>
+  <si>
+    <t>Nitisinone (AKU) 2 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>DELCATH SYSTEMS</t>
+  </si>
+  <si>
+    <t>75833060101</t>
+  </si>
+  <si>
+    <t>Melphalan HCl 50 MG Solution Reconstituted 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>75833060102</t>
+  </si>
+  <si>
+    <t>ENZYVANT THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>72359000101</t>
+  </si>
+  <si>
+    <t>Allogeneic Processed Thymus Tissue-agdc Implant 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>GAMIDA CELL</t>
+  </si>
+  <si>
+    <t>73441080004</t>
+  </si>
+  <si>
+    <t>Omidubicel-onlv Suspension 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>58468034701</t>
+  </si>
+  <si>
+    <t>Fitusiran Sodium 20 MG/0.2ML Solution 0.200 ML UD</t>
+  </si>
+  <si>
+    <t>58468034801</t>
+  </si>
+  <si>
+    <t>Fitusiran Sodium 50 MG/0.5ML Solution Auto-injector 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>IOVANCE BIOTHERAPEUTICS</t>
+  </si>
+  <si>
+    <t>73776000111</t>
+  </si>
+  <si>
+    <t>Lifileucel 72000000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>57894022501</t>
+  </si>
+  <si>
+    <t>Gemcitabine HCl 225 MG Device 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>KITE PHARMA</t>
+  </si>
+  <si>
+    <t>71287011902</t>
+  </si>
+  <si>
+    <t>Axicabtagene Ciloleucel 200000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>71287011901</t>
+  </si>
+  <si>
+    <t>71287022001</t>
+  </si>
+  <si>
+    <t>Brexucabtagene Autoleucel 100000000 CELLS Suspension 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71287021901</t>
+  </si>
+  <si>
+    <t>Brexucabtagene Autoleucel 200000000 CELLS Suspension 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>MESOBLAST</t>
+  </si>
+  <si>
+    <t>73648011101</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 1 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011202</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 2 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011303</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 3 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011401</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 4 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011502</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 5 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011603</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 6 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011704</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 7 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>73648011802</t>
+  </si>
+  <si>
+    <t>Remestemcel-L-rknd 8 x 3.8 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>79378031090</t>
+  </si>
+  <si>
+    <t>Chenodiol (BASDs) 250 MG Tablet 100.000 EA</t>
+  </si>
+  <si>
+    <t>45043000202</t>
+  </si>
+  <si>
+    <t>Cholic Acid 250 MG Capsule 90.000 EA</t>
+  </si>
+  <si>
+    <t>79378000202</t>
+  </si>
+  <si>
+    <t>79378021530</t>
+  </si>
+  <si>
+    <t>Maralixibat Chloride 15 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>79378011101</t>
+  </si>
+  <si>
+    <t>Maralixibat Chloride 19 MG/ML Solution 30.000 ML UU</t>
+  </si>
+  <si>
+    <t>79378022030</t>
+  </si>
+  <si>
+    <t>Maralixibat Chloride 20 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>79378023030</t>
+  </si>
+  <si>
+    <t>Maralixibat Chloride 30 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>NEUROTECH PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>82958050101</t>
+  </si>
+  <si>
+    <t>Revakinagene Taroretcel-lwey 200000 CELLS Implant 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>00078084619</t>
+  </si>
+  <si>
+    <t>Tisagenlecleucel 250000000 CELLS Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>NOVARTIS GENE THERAPIES</t>
+  </si>
+  <si>
+    <t>71894014410</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 10x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014711</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 11x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015012</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 12x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015313</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 13x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015614</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 14x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014611</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 10x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014912</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 11x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015213</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 12x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015514</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 13x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012203</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 2x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012504</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 3x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012805</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 4x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013106</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 5x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013407</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 6x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013708</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 7x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014009</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 8x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014310</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 1x5.5ML &amp; 9x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014812</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 10x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015113</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 11x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894015414</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 12x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012103</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 1x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012404</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 2x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012705</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 3x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013006</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 4x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013307</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 5x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013608</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 6x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013909</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 7x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014210</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 8x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014511</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x5.5ML &amp; 9x8.3ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012002</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 2x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012303</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 3x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012604</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 4x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894012905</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 5x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013206</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 6x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013507</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 7x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894013808</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 8x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>71894014109</t>
+  </si>
+  <si>
+    <t>Onasemnogene Abeparvovec-xioi 9x8.3 ML Kit 1.000 EA UU</t>
+  </si>
+  <si>
+    <t>00169530610</t>
+  </si>
+  <si>
+    <t>Nedosiran Sodium 160 MG/ML Solution Prefilled Syringe 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>ORCHARD THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>83222020001</t>
+  </si>
+  <si>
+    <t>Atidarsagene Autotemcel Suspension 1.000 EA UD</t>
+  </si>
+  <si>
+    <t>PRECIGEN</t>
+  </si>
+  <si>
+    <t>84768051101</t>
+  </si>
+  <si>
+    <t>Zopapogene Imadenovec-drba 500000000000 PU/ML Suspension 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>PTC THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>52856060101</t>
+  </si>
+  <si>
+    <t>Eladocagene Exuparvovec-tneq 280000000000 VG/0.5ML Suspension 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>73650031614</t>
+  </si>
+  <si>
+    <t>73650031610</t>
+  </si>
+  <si>
+    <t>SPARK THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>71394041501</t>
+  </si>
+  <si>
+    <t>Voretigene Neparvovec-rzyl 5000000000000 VG/ML Suspension 0.500 ML UD</t>
+  </si>
+  <si>
+    <t>Subd. 2 (a)(4): Generic - Exceeds Price Increase Threshold</t>
+  </si>
+  <si>
+    <t>AREVA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>59923061505</t>
+  </si>
+  <si>
+    <t>Terbutaline Sulfate 1 MG/ML Solution 1.000 ML UD</t>
+  </si>
+  <si>
+    <t>AUROBINDO PHARMA</t>
+  </si>
+  <si>
+    <t>65862083630</t>
+  </si>
+  <si>
+    <t>Amlodipine-Valsartan-Hydrochlorothiazide 10-160-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>65862083730</t>
+  </si>
+  <si>
+    <t>Amlodipine-Valsartan-Hydrochlorothiazide 10-160-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>65862083830</t>
+  </si>
+  <si>
+    <t>Amlodipine-Valsartan-Hydrochlorothiazide 10-320-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>65862083430</t>
+  </si>
+  <si>
+    <t>Amlodipine-Valsartan-Hydrochlorothiazide 5-160-12.5 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>65862083530</t>
+  </si>
+  <si>
+    <t>Amlodipine-Valsartan-Hydrochlorothiazide 5-160-25 MG Tablet 30.000 EA</t>
+  </si>
+  <si>
+    <t>63629236501</t>
+  </si>
+  <si>
+    <t>Galantamine Hydrobromide 16 MG Capsule Extended Release 24 Hour 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>63629236301</t>
+  </si>
+  <si>
+    <t>Galantamine Hydrobromide 24 MG Capsule Extended Release 24 Hour 30.000 EA UU</t>
+  </si>
+  <si>
+    <t>63629214401</t>
+  </si>
+  <si>
+    <t>Metoclopramide HCl 5 MG/5ML Solution 473.000 ML UU</t>
+  </si>
+  <si>
+    <t>00409190201</t>
+  </si>
+  <si>
+    <t>Procainamide HCl 100 MG/ML Solution 10.000 ML</t>
+  </si>
+  <si>
+    <t>Cardiovascular Agents - Antiarrhythmics</t>
+  </si>
+  <si>
+    <t>KVK TECH</t>
+  </si>
+  <si>
+    <t>10702007106</t>
+  </si>
+  <si>
+    <t>Oxymorphone HCl 10 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>10702007006</t>
+  </si>
+  <si>
+    <t>Oxymorphone HCl 5 MG Tablet 60.000 EA</t>
+  </si>
+  <si>
+    <t>LANNETT</t>
+  </si>
+  <si>
+    <t>54838051240</t>
+  </si>
+  <si>
+    <t>Doxepin HCl 10 MG/ML Concentrate 120.000 ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="00000000000"/>
-    <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="00000000000"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
+      <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
-      <name val="Aptos Narrow"/>
-[...4 lines deleted...]
-      <sz val="11"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
+      <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...17 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1847850</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>2901315</xdr:colOff>
+      <xdr:colOff>2905125</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1034415</xdr:rowOff>
+      <xdr:rowOff>1038225</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3DE916E-1E86-B016-87A4-5655F1B22CC1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -4548,30723 +6785,25553 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revisor.mn.gov/statutes/cite/62J.90" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.health.state.mn.us/healtheconomics%0d" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:health.Rx@state.mn.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revisor.mn.gov/statutes/cite/62J.90" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.health.state.mn.us/healtheconomics%0d" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:health.Rx@state.mn.us" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73D1876E-E011-4233-AD27-9B33A97DBD10}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B28"/>
+  <dimension ref="A1:B16"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="65" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="65" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.44140625" customWidth="1"/>
     <col min="2" max="2" width="78.33203125" customWidth="1"/>
-    <col min="3" max="16384" width="9.109375" hidden="1"/>
+    <col min="3" max="16384" width="11.44140625" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2"/>
+    </row>
+    <row r="2" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...2 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="14" t="s">
+    </row>
+    <row r="3" spans="1:2" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="B3" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="2"/>
-      <c r="B5" s="5" t="s">
+      <c r="A5" s="5"/>
+      <c r="B5" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="18" t="s">
-        <v>1303</v>
+      <c r="B6" s="4" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="81" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="2" t="s">
-[...3 lines deleted...]
-        <v>1302</v>
+      <c r="A7" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="48" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="2"/>
-[...1 lines deleted...]
-        <v>9</v>
+      <c r="A8" s="5"/>
+      <c r="B8" s="7" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A9" s="7" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="A9" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A10" s="7"/>
-[...1 lines deleted...]
-        <v>12</v>
+      <c r="A10" s="10"/>
+      <c r="B10" s="12" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="7"/>
-[...1 lines deleted...]
-        <v>13</v>
+      <c r="A11" s="10"/>
+      <c r="B11" s="9" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="7"/>
-[...1 lines deleted...]
-        <v>14</v>
+      <c r="A12" s="10"/>
+      <c r="B12" s="9" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="7"/>
-[...1 lines deleted...]
-        <v>15</v>
+      <c r="A13" s="10"/>
+      <c r="B13" s="9" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="7"/>
-[...1 lines deleted...]
-        <v>16</v>
+      <c r="A14" s="10"/>
+      <c r="B14" s="9" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="7"/>
-[...1 lines deleted...]
-        <v>17</v>
+      <c r="A15" s="10"/>
+      <c r="B15" s="9" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="7"/>
-[...15 lines deleted...]
-    <row r="28" customFormat="1" hidden="1" x14ac:dyDescent="0.3"/>
+      <c r="A16" s="10"/>
+      <c r="B16" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B9" r:id="rId1" display="mailto:health.Rx@state.mn.us" xr:uid="{27FCC0C4-C4A2-4C12-858E-6FC6FC534824}"/>
-[...1 lines deleted...]
-    <hyperlink ref="B5" r:id="rId3" xr:uid="{38C9D180-D791-4A49-819F-078484496377}"/>
+    <hyperlink ref="B9" r:id="rId1" display="mailto:health.Rx@state.mn.us" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B10" r:id="rId2" display="http://www.health.state.mn.us/healtheconomics%0d" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="B5" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="91" fitToHeight="0" orientation="portrait" r:id="rId4"/>
-[...1 lines deleted...]
-    <oddFooter>&amp;CDrugs identified for potential review by the Minnesota Prescription Drug Affordability Board (PDAB), December 2025</oddFooter>
+  <pageSetup scale="91" fitToHeight="0" orientation="portrait"/>
+  <headerFooter scaleWithDoc="0" alignWithMargins="0">
+    <oddFooter>&amp;L&amp;CDrugs identified for potential review by the Minnesota Prescription Drug Affordability Board (PDAB), December 2025&amp;R</oddFooter>
   </headerFooter>
-  <drawing r:id="rId5"/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA32D108-43FE-4901-8E8A-2BA6D42B9368}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:XFC1529"/>
+  <dimension ref="A1:F1522"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0"/>
+    <sheetView topLeftCell="A483" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="A1220" sqref="A1220"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="59.6640625" customWidth="1"/>
     <col min="2" max="2" width="32.6640625" customWidth="1"/>
-    <col min="3" max="3" width="14.5546875" style="13" customWidth="1"/>
-    <col min="4" max="4" width="63.88671875" customWidth="1"/>
+    <col min="3" max="3" width="14.5546875" customWidth="1"/>
+    <col min="4" max="4" width="109.33203125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.88671875" customWidth="1"/>
     <col min="6" max="6" width="14.109375" customWidth="1"/>
-    <col min="7" max="16383" width="9.109375" hidden="1"/>
+    <col min="7" max="16384" width="11.44140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="17" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D1" s="15" t="s">
+    <row r="1" spans="1:6" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="B1" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="F1" s="15" t="s">
-        <v>1299</v>
+      <c r="C1" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="E1" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1" s="14" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>69488000301</v>
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F2" s="12">
+        <v>31</v>
+      </c>
+      <c r="F2" s="13">
         <v>45840</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268808410</v>
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F3" s="12">
+        <v>35</v>
+      </c>
+      <c r="F3" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268808450</v>
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F4" s="12">
+        <v>35</v>
+      </c>
+      <c r="F4" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809010</v>
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F5" s="12">
+        <v>35</v>
+      </c>
+      <c r="F5" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809050</v>
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F6" s="12">
+        <v>35</v>
+      </c>
+      <c r="F6" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809410</v>
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F7" s="12">
+        <v>35</v>
+      </c>
+      <c r="F7" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809450</v>
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F8" s="12">
+        <v>35</v>
+      </c>
+      <c r="F8" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268062650</v>
+        <v>32</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F9" s="12">
+        <v>35</v>
+      </c>
+      <c r="F9" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809610</v>
+        <v>32</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
       </c>
       <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
         <v>35</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="12">
+      <c r="F10" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268809650</v>
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F11" s="12">
+        <v>35</v>
+      </c>
+      <c r="F11" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268072410</v>
+        <v>32</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F12" s="12">
+        <v>35</v>
+      </c>
+      <c r="F12" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268062810</v>
+        <v>32</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F13" s="12">
+        <v>35</v>
+      </c>
+      <c r="F13" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268810105</v>
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
+        <v>56</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F14" s="12">
+        <v>35</v>
+      </c>
+      <c r="F14" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268810210</v>
+        <v>32</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F15" s="12">
+        <v>35</v>
+      </c>
+      <c r="F15" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268810250</v>
+        <v>32</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F16" s="12">
+        <v>35</v>
+      </c>
+      <c r="F16" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>268065010</v>
+        <v>32</v>
+      </c>
+      <c r="C17" t="s">
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F17" s="12">
+        <v>35</v>
+      </c>
+      <c r="F17" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012420</v>
+        <v>64</v>
+      </c>
+      <c r="C18" t="s">
+        <v>65</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F18" s="12">
+        <v>67</v>
+      </c>
+      <c r="F18" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012425</v>
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F19" s="12">
+        <v>67</v>
+      </c>
+      <c r="F19" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012440</v>
+        <v>64</v>
+      </c>
+      <c r="C20" t="s">
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F20" s="12">
+        <v>67</v>
+      </c>
+      <c r="F20" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012405</v>
+        <v>64</v>
+      </c>
+      <c r="C21" t="s">
+        <v>72</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F21" s="12">
+        <v>67</v>
+      </c>
+      <c r="F21" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012450</v>
+        <v>64</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="E22" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F22" s="12">
+        <v>67</v>
+      </c>
+      <c r="F22" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>67877012485</v>
+        <v>64</v>
+      </c>
+      <c r="C23" t="s">
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="E23" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F23" s="12">
+        <v>67</v>
+      </c>
+      <c r="F23" s="13">
         <v>45740</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572051501</v>
+        <v>77</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="E24" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F24" s="12">
+        <v>31</v>
+      </c>
+      <c r="F24" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572051502</v>
+        <v>77</v>
+      </c>
+      <c r="C25" t="s">
+        <v>80</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F25" s="12">
+        <v>31</v>
+      </c>
+      <c r="F25" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B26" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572051503</v>
+        <v>77</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="E26" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F26" s="12">
+        <v>31</v>
+      </c>
+      <c r="F26" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B27" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338055118</v>
+        <v>82</v>
+      </c>
+      <c r="C27" t="s">
+        <v>83</v>
       </c>
       <c r="D27" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="E27" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F27" s="12">
+        <v>85</v>
+      </c>
+      <c r="F27" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338954124</v>
+        <v>82</v>
+      </c>
+      <c r="C28" t="s">
+        <v>86</v>
       </c>
       <c r="D28" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="E28" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="F28" s="12">
+        <v>88</v>
+      </c>
+      <c r="F28" s="13">
         <v>45778</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338004948</v>
+        <v>82</v>
+      </c>
+      <c r="C29" t="s">
+        <v>89</v>
       </c>
       <c r="D29" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="E29" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F29" s="12">
+        <v>91</v>
+      </c>
+      <c r="F29" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B30" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338004918</v>
+        <v>82</v>
+      </c>
+      <c r="C30" t="s">
+        <v>92</v>
       </c>
       <c r="D30" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="E30" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F30" s="12">
+        <v>91</v>
+      </c>
+      <c r="F30" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B31" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338055318</v>
+        <v>82</v>
+      </c>
+      <c r="C31" t="s">
+        <v>93</v>
       </c>
       <c r="D31" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="E31" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F31" s="12">
+        <v>91</v>
+      </c>
+      <c r="F31" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B32" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338004938</v>
+        <v>82</v>
+      </c>
+      <c r="C32" t="s">
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="E32" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F32" s="12">
+        <v>91</v>
+      </c>
+      <c r="F32" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B33" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338055311</v>
+        <v>82</v>
+      </c>
+      <c r="C33" t="s">
+        <v>95</v>
       </c>
       <c r="D33" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="E33" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F33" s="12">
+        <v>91</v>
+      </c>
+      <c r="F33" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B34" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>338004911</v>
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="E34" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F34" s="12">
+        <v>91</v>
+      </c>
+      <c r="F34" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406005801</v>
+        <v>98</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
       </c>
       <c r="D35" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="E35" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="F35" s="12">
+        <v>101</v>
+      </c>
+      <c r="F35" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B36" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>63629877301</v>
+        <v>102</v>
+      </c>
+      <c r="C36" t="s">
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F36" s="12">
+        <v>67</v>
+      </c>
+      <c r="F36" s="13">
         <v>45779</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087130</v>
+        <v>104</v>
+      </c>
+      <c r="C37" t="s">
+        <v>105</v>
       </c>
       <c r="D37" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="E37" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F37" s="12">
+        <v>107</v>
+      </c>
+      <c r="F37" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B38" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087330</v>
+        <v>104</v>
+      </c>
+      <c r="C38" t="s">
+        <v>108</v>
       </c>
       <c r="D38" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="E38" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F38" s="12">
+        <v>107</v>
+      </c>
+      <c r="F38" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B39" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087030</v>
+        <v>104</v>
+      </c>
+      <c r="C39" t="s">
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="E39" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F39" s="12">
+        <v>107</v>
+      </c>
+      <c r="F39" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B40" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087230</v>
+        <v>104</v>
+      </c>
+      <c r="C40" t="s">
+        <v>112</v>
       </c>
       <c r="D40" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F40" s="12">
+        <v>107</v>
+      </c>
+      <c r="F40" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B41" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713088030</v>
+        <v>104</v>
+      </c>
+      <c r="C41" t="s">
+        <v>114</v>
       </c>
       <c r="D41" t="s">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="E41" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F41" s="12">
+        <v>116</v>
+      </c>
+      <c r="F41" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087981</v>
+        <v>104</v>
+      </c>
+      <c r="C42" t="s">
+        <v>117</v>
       </c>
       <c r="D42" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="E42" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F42" s="12">
+        <v>116</v>
+      </c>
+      <c r="F42" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B43" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086130</v>
+        <v>104</v>
+      </c>
+      <c r="C43" t="s">
+        <v>119</v>
       </c>
       <c r="D43" t="s">
-        <v>73</v>
+        <v>120</v>
       </c>
       <c r="E43" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F43" s="12">
+        <v>107</v>
+      </c>
+      <c r="F43" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B44" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086230</v>
+        <v>104</v>
+      </c>
+      <c r="C44" t="s">
+        <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="E44" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F44" s="12">
+        <v>107</v>
+      </c>
+      <c r="F44" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B45" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086030</v>
+        <v>104</v>
+      </c>
+      <c r="C45" t="s">
+        <v>123</v>
       </c>
       <c r="D45" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="E45" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F45" s="12">
+        <v>107</v>
+      </c>
+      <c r="F45" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B46" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087430</v>
+        <v>104</v>
+      </c>
+      <c r="C46" t="s">
+        <v>125</v>
       </c>
       <c r="D46" t="s">
-        <v>76</v>
+        <v>126</v>
       </c>
       <c r="E46" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F46" s="12">
+        <v>107</v>
+      </c>
+      <c r="F46" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B47" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087730</v>
+        <v>104</v>
+      </c>
+      <c r="C47" t="s">
+        <v>127</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>128</v>
       </c>
       <c r="E47" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F47" s="12">
+        <v>107</v>
+      </c>
+      <c r="F47" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B48" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087830</v>
+        <v>104</v>
+      </c>
+      <c r="C48" t="s">
+        <v>129</v>
       </c>
       <c r="D48" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
       <c r="E48" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F48" s="12">
+        <v>107</v>
+      </c>
+      <c r="F48" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B49" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087530</v>
+        <v>104</v>
+      </c>
+      <c r="C49" t="s">
+        <v>131</v>
       </c>
       <c r="D49" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="E49" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F49" s="12">
+        <v>107</v>
+      </c>
+      <c r="F49" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B50" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713087630</v>
+        <v>104</v>
+      </c>
+      <c r="C50" t="s">
+        <v>133</v>
       </c>
       <c r="D50" t="s">
-        <v>80</v>
+        <v>134</v>
       </c>
       <c r="E50" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F50" s="12">
+        <v>107</v>
+      </c>
+      <c r="F50" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B51" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086330</v>
+        <v>104</v>
+      </c>
+      <c r="C51" t="s">
+        <v>135</v>
       </c>
       <c r="D51" t="s">
-        <v>81</v>
+        <v>136</v>
       </c>
       <c r="E51" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F51" s="12">
+        <v>107</v>
+      </c>
+      <c r="F51" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B52" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086430</v>
+        <v>104</v>
+      </c>
+      <c r="C52" t="s">
+        <v>137</v>
       </c>
       <c r="D52" t="s">
-        <v>82</v>
+        <v>138</v>
       </c>
       <c r="E52" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F52" s="12">
+        <v>107</v>
+      </c>
+      <c r="F52" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B53" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713086530</v>
+        <v>104</v>
+      </c>
+      <c r="C53" t="s">
+        <v>139</v>
       </c>
       <c r="D53" t="s">
-        <v>83</v>
+        <v>140</v>
       </c>
       <c r="E53" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F53" s="12">
+        <v>107</v>
+      </c>
+      <c r="F53" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B54" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713088230</v>
+        <v>104</v>
+      </c>
+      <c r="C54" t="s">
+        <v>141</v>
       </c>
       <c r="D54" t="s">
-        <v>84</v>
+        <v>142</v>
       </c>
       <c r="E54" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F54" s="12">
+        <v>143</v>
+      </c>
+      <c r="F54" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B55" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>713088130</v>
+        <v>104</v>
+      </c>
+      <c r="C55" t="s">
+        <v>144</v>
       </c>
       <c r="D55" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
       <c r="E55" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F55" s="12">
+        <v>143</v>
+      </c>
+      <c r="F55" s="13">
         <v>45916</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B56" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>42023031510</v>
+        <v>146</v>
+      </c>
+      <c r="C56" t="s">
+        <v>147</v>
       </c>
       <c r="D56" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="E56" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F56" s="12">
+        <v>149</v>
+      </c>
+      <c r="F56" s="13">
         <v>45614</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B57" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>42023010501</v>
+        <v>146</v>
+      </c>
+      <c r="C57" t="s">
+        <v>150</v>
       </c>
       <c r="D57" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="E57" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="F57" s="12">
+        <v>152</v>
+      </c>
+      <c r="F57" s="13">
         <v>45712</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B58" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>42023011925</v>
+        <v>146</v>
+      </c>
+      <c r="C58" t="s">
+        <v>153</v>
       </c>
       <c r="D58" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="E58" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="F58" s="12">
+        <v>155</v>
+      </c>
+      <c r="F58" s="13">
         <v>45712</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B59" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>15054104005</v>
+        <v>156</v>
+      </c>
+      <c r="C59" t="s">
+        <v>157</v>
       </c>
       <c r="D59" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="E59" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F59" s="12">
+        <v>159</v>
+      </c>
+      <c r="F59" s="13">
         <v>45706</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B60" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323046217</v>
+        <v>160</v>
+      </c>
+      <c r="C60" t="s">
+        <v>161</v>
       </c>
       <c r="D60" t="s">
-        <v>98</v>
+        <v>162</v>
       </c>
       <c r="E60" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F60" s="12">
+        <v>163</v>
+      </c>
+      <c r="F60" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B61" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323046237</v>
+        <v>160</v>
+      </c>
+      <c r="C61" t="s">
+        <v>164</v>
       </c>
       <c r="D61" t="s">
-        <v>100</v>
+        <v>165</v>
       </c>
       <c r="E61" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F61" s="12">
+        <v>163</v>
+      </c>
+      <c r="F61" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B62" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323046037</v>
+        <v>160</v>
+      </c>
+      <c r="C62" t="s">
+        <v>166</v>
       </c>
       <c r="D62" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="E62" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F62" s="12">
+        <v>163</v>
+      </c>
+      <c r="F62" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B63" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323051774</v>
+        <v>160</v>
+      </c>
+      <c r="C63" t="s">
+        <v>168</v>
       </c>
       <c r="D63" t="s">
-        <v>102</v>
+        <v>169</v>
       </c>
       <c r="E63" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F63" s="12">
+        <v>170</v>
+      </c>
+      <c r="F63" s="13">
         <v>45707</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B64" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323052374</v>
+        <v>160</v>
+      </c>
+      <c r="C64" t="s">
+        <v>171</v>
       </c>
       <c r="D64" t="s">
-        <v>104</v>
+        <v>172</v>
       </c>
       <c r="E64" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F64" s="12">
+        <v>170</v>
+      </c>
+      <c r="F64" s="13">
         <v>45707</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B65" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323052277</v>
+        <v>160</v>
+      </c>
+      <c r="C65" t="s">
+        <v>173</v>
       </c>
       <c r="D65" t="s">
-        <v>105</v>
+        <v>174</v>
       </c>
       <c r="E65" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F65" s="12">
+        <v>170</v>
+      </c>
+      <c r="F65" s="13">
         <v>45707</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B66" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048157</v>
+        <v>160</v>
+      </c>
+      <c r="C66" t="s">
+        <v>175</v>
       </c>
       <c r="D66" t="s">
-        <v>106</v>
+        <v>176</v>
       </c>
       <c r="E66" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F66" s="12">
+        <v>163</v>
+      </c>
+      <c r="F66" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B67" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048227</v>
+        <v>160</v>
+      </c>
+      <c r="C67" t="s">
+        <v>177</v>
       </c>
       <c r="D67" t="s">
-        <v>107</v>
+        <v>178</v>
       </c>
       <c r="E67" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F67" s="12">
+        <v>163</v>
+      </c>
+      <c r="F67" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B68" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048257</v>
+        <v>160</v>
+      </c>
+      <c r="C68" t="s">
+        <v>179</v>
       </c>
       <c r="D68" t="s">
-        <v>108</v>
+        <v>180</v>
       </c>
       <c r="E68" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F68" s="12">
+        <v>163</v>
+      </c>
+      <c r="F68" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B69" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048717</v>
+        <v>160</v>
+      </c>
+      <c r="C69" t="s">
+        <v>181</v>
       </c>
       <c r="D69" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="E69" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F69" s="12">
+        <v>163</v>
+      </c>
+      <c r="F69" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B70" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048737</v>
+        <v>160</v>
+      </c>
+      <c r="C70" t="s">
+        <v>183</v>
       </c>
       <c r="D70" t="s">
-        <v>110</v>
+        <v>184</v>
       </c>
       <c r="E70" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F70" s="12">
+        <v>163</v>
+      </c>
+      <c r="F70" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B71" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048327</v>
+        <v>160</v>
+      </c>
+      <c r="C71" t="s">
+        <v>185</v>
       </c>
       <c r="D71" t="s">
-        <v>111</v>
+        <v>186</v>
       </c>
       <c r="E71" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F71" s="12">
+        <v>163</v>
+      </c>
+      <c r="F71" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B72" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048357</v>
+        <v>160</v>
+      </c>
+      <c r="C72" t="s">
+        <v>187</v>
       </c>
       <c r="D72" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="E72" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F72" s="12">
+        <v>163</v>
+      </c>
+      <c r="F72" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B73" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323048927</v>
+        <v>160</v>
+      </c>
+      <c r="C73" t="s">
+        <v>189</v>
       </c>
       <c r="D73" t="s">
-        <v>113</v>
+        <v>190</v>
       </c>
       <c r="E73" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F73" s="12">
+        <v>163</v>
+      </c>
+      <c r="F73" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B74" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>63323006411</v>
+        <v>160</v>
+      </c>
+      <c r="C74" t="s">
+        <v>191</v>
       </c>
       <c r="D74" t="s">
-        <v>114</v>
+        <v>192</v>
       </c>
       <c r="E74" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F74" s="12">
+        <v>91</v>
+      </c>
+      <c r="F74" s="13">
         <v>45689</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B75" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>25357002501</v>
+        <v>193</v>
+      </c>
+      <c r="C75" t="s">
+        <v>194</v>
       </c>
       <c r="D75" t="s">
-        <v>116</v>
+        <v>195</v>
       </c>
       <c r="E75" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="F75" s="12">
+        <v>196</v>
+      </c>
+      <c r="F75" s="13">
         <v>45656</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B76" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840542605</v>
+        <v>197</v>
+      </c>
+      <c r="C76" t="s">
+        <v>198</v>
       </c>
       <c r="D76" t="s">
-        <v>119</v>
+        <v>199</v>
       </c>
       <c r="E76" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F76" s="12">
+        <v>200</v>
+      </c>
+      <c r="F76" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B77" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840542602</v>
+        <v>197</v>
+      </c>
+      <c r="C77" t="s">
+        <v>201</v>
       </c>
       <c r="D77" t="s">
-        <v>121</v>
+        <v>202</v>
       </c>
       <c r="E77" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F77" s="12">
+        <v>35</v>
+      </c>
+      <c r="F77" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B78" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840547202</v>
+        <v>197</v>
+      </c>
+      <c r="C78" t="s">
+        <v>203</v>
       </c>
       <c r="D78" t="s">
-        <v>122</v>
+        <v>204</v>
       </c>
       <c r="E78" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F78" s="12">
+        <v>35</v>
+      </c>
+      <c r="F78" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B79" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840560402</v>
+        <v>197</v>
+      </c>
+      <c r="C79" t="s">
+        <v>205</v>
       </c>
       <c r="D79" t="s">
-        <v>123</v>
+        <v>206</v>
       </c>
       <c r="E79" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F79" s="12">
+        <v>35</v>
+      </c>
+      <c r="F79" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B80" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840020002</v>
+        <v>197</v>
+      </c>
+      <c r="C80" t="s">
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>124</v>
+        <v>208</v>
       </c>
       <c r="E80" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F80" s="12">
+        <v>35</v>
+      </c>
+      <c r="F80" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B81" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840020004</v>
+        <v>197</v>
+      </c>
+      <c r="C81" t="s">
+        <v>209</v>
       </c>
       <c r="D81" t="s">
-        <v>125</v>
+        <v>210</v>
       </c>
       <c r="E81" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F81" s="12">
+        <v>35</v>
+      </c>
+      <c r="F81" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B82" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840560802</v>
+        <v>197</v>
+      </c>
+      <c r="C82" t="s">
+        <v>211</v>
       </c>
       <c r="D82" t="s">
-        <v>126</v>
+        <v>212</v>
       </c>
       <c r="E82" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F82" s="12">
+        <v>35</v>
+      </c>
+      <c r="F82" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B83" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840547505</v>
+        <v>197</v>
+      </c>
+      <c r="C83" t="s">
+        <v>213</v>
       </c>
       <c r="D83" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="E83" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F83" s="12">
+        <v>200</v>
+      </c>
+      <c r="F83" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B84" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840547402</v>
+        <v>197</v>
+      </c>
+      <c r="C84" t="s">
+        <v>215</v>
       </c>
       <c r="D84" t="s">
-        <v>128</v>
+        <v>216</v>
       </c>
       <c r="E84" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F84" s="12">
+        <v>35</v>
+      </c>
+      <c r="F84" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B85" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840547802</v>
+        <v>197</v>
+      </c>
+      <c r="C85" t="s">
+        <v>217</v>
       </c>
       <c r="D85" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="E85" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F85" s="12">
+        <v>35</v>
+      </c>
+      <c r="F85" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B86" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840541602</v>
+        <v>197</v>
+      </c>
+      <c r="C86" t="s">
+        <v>219</v>
       </c>
       <c r="D86" t="s">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="E86" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F86" s="12">
+        <v>35</v>
+      </c>
+      <c r="F86" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B87" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840010102</v>
+        <v>197</v>
+      </c>
+      <c r="C87" t="s">
+        <v>221</v>
       </c>
       <c r="D87" t="s">
-        <v>131</v>
+        <v>222</v>
       </c>
       <c r="E87" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F87" s="12">
+        <v>35</v>
+      </c>
+      <c r="F87" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B88" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840010105</v>
+        <v>197</v>
+      </c>
+      <c r="C88" t="s">
+        <v>223</v>
       </c>
       <c r="D88" t="s">
-        <v>132</v>
+        <v>224</v>
       </c>
       <c r="E88" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F88" s="12">
+        <v>35</v>
+      </c>
+      <c r="F88" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B89" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840010104</v>
+        <v>197</v>
+      </c>
+      <c r="C89" t="s">
+        <v>225</v>
       </c>
       <c r="D89" t="s">
-        <v>133</v>
+        <v>226</v>
       </c>
       <c r="E89" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F89" s="12">
+        <v>35</v>
+      </c>
+      <c r="F89" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B90" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840010002</v>
+        <v>197</v>
+      </c>
+      <c r="C90" t="s">
+        <v>227</v>
       </c>
       <c r="D90" t="s">
-        <v>134</v>
+        <v>228</v>
       </c>
       <c r="E90" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F90" s="12">
+        <v>35</v>
+      </c>
+      <c r="F90" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B91" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840010004</v>
+        <v>197</v>
+      </c>
+      <c r="C91" t="s">
+        <v>229</v>
       </c>
       <c r="D91" t="s">
-        <v>135</v>
+        <v>230</v>
       </c>
       <c r="E91" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F91" s="12">
+        <v>35</v>
+      </c>
+      <c r="F91" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B92" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840561402</v>
+        <v>197</v>
+      </c>
+      <c r="C92" t="s">
+        <v>231</v>
       </c>
       <c r="D92" t="s">
-        <v>136</v>
+        <v>232</v>
       </c>
       <c r="E92" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F92" s="12">
+        <v>35</v>
+      </c>
+      <c r="F92" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B93" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840900205</v>
+        <v>197</v>
+      </c>
+      <c r="C93" t="s">
+        <v>233</v>
       </c>
       <c r="D93" t="s">
-        <v>137</v>
+        <v>234</v>
       </c>
       <c r="E93" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F93" s="12">
+        <v>200</v>
+      </c>
+      <c r="F93" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B94" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840900202</v>
+        <v>197</v>
+      </c>
+      <c r="C94" t="s">
+        <v>235</v>
       </c>
       <c r="D94" t="s">
-        <v>138</v>
+        <v>236</v>
       </c>
       <c r="E94" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F94" s="12">
+        <v>35</v>
+      </c>
+      <c r="F94" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B95" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840510102</v>
+        <v>197</v>
+      </c>
+      <c r="C95" t="s">
+        <v>237</v>
       </c>
       <c r="D95" t="s">
-        <v>139</v>
+        <v>238</v>
       </c>
       <c r="E95" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F95" s="12">
+        <v>35</v>
+      </c>
+      <c r="F95" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B96" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003706</v>
+        <v>197</v>
+      </c>
+      <c r="C96" t="s">
+        <v>239</v>
       </c>
       <c r="D96" t="s">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="E96" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F96" s="12">
+        <v>35</v>
+      </c>
+      <c r="F96" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B97" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003703</v>
+        <v>197</v>
+      </c>
+      <c r="C97" t="s">
+        <v>241</v>
       </c>
       <c r="D97" t="s">
-        <v>141</v>
+        <v>242</v>
       </c>
       <c r="E97" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F97" s="12">
+        <v>35</v>
+      </c>
+      <c r="F97" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B98" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003709</v>
+        <v>197</v>
+      </c>
+      <c r="C98" t="s">
+        <v>243</v>
       </c>
       <c r="D98" t="s">
-        <v>142</v>
+        <v>244</v>
       </c>
       <c r="E98" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F98" s="12">
+        <v>35</v>
+      </c>
+      <c r="F98" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B99" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840542102</v>
+        <v>197</v>
+      </c>
+      <c r="C99" t="s">
+        <v>245</v>
       </c>
       <c r="D99" t="s">
-        <v>143</v>
+        <v>246</v>
       </c>
       <c r="E99" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F99" s="12">
+        <v>35</v>
+      </c>
+      <c r="F99" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B100" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840532102</v>
+        <v>197</v>
+      </c>
+      <c r="C100" t="s">
+        <v>247</v>
       </c>
       <c r="D100" t="s">
-        <v>144</v>
+        <v>248</v>
       </c>
       <c r="E100" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F100" s="12">
+        <v>35</v>
+      </c>
+      <c r="F100" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B101" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840022102</v>
+        <v>197</v>
+      </c>
+      <c r="C101" t="s">
+        <v>249</v>
       </c>
       <c r="D101" t="s">
-        <v>145</v>
+        <v>250</v>
       </c>
       <c r="E101" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F101" s="12">
+        <v>35</v>
+      </c>
+      <c r="F101" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B102" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840022105</v>
+        <v>197</v>
+      </c>
+      <c r="C102" t="s">
+        <v>251</v>
       </c>
       <c r="D102" t="s">
-        <v>146</v>
+        <v>252</v>
       </c>
       <c r="E102" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F102" s="12">
+        <v>35</v>
+      </c>
+      <c r="F102" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B103" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840022104</v>
+        <v>197</v>
+      </c>
+      <c r="C103" t="s">
+        <v>253</v>
       </c>
       <c r="D103" t="s">
-        <v>147</v>
+        <v>254</v>
       </c>
       <c r="E103" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F103" s="12">
+        <v>35</v>
+      </c>
+      <c r="F103" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B104" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840510605</v>
+        <v>197</v>
+      </c>
+      <c r="C104" t="s">
+        <v>255</v>
       </c>
       <c r="D104" t="s">
-        <v>148</v>
+        <v>256</v>
       </c>
       <c r="E104" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F104" s="12">
+        <v>200</v>
+      </c>
+      <c r="F104" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B105" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840510602</v>
+        <v>197</v>
+      </c>
+      <c r="C105" t="s">
+        <v>257</v>
       </c>
       <c r="D105" t="s">
-        <v>149</v>
+        <v>258</v>
       </c>
       <c r="E105" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F105" s="12">
+        <v>35</v>
+      </c>
+      <c r="F105" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B106" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003406</v>
+        <v>197</v>
+      </c>
+      <c r="C106" t="s">
+        <v>259</v>
       </c>
       <c r="D106" t="s">
-        <v>150</v>
+        <v>260</v>
       </c>
       <c r="E106" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F106" s="12">
+        <v>35</v>
+      </c>
+      <c r="F106" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B107" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003403</v>
+        <v>197</v>
+      </c>
+      <c r="C107" t="s">
+        <v>261</v>
       </c>
       <c r="D107" t="s">
-        <v>151</v>
+        <v>262</v>
       </c>
       <c r="E107" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F107" s="12">
+        <v>35</v>
+      </c>
+      <c r="F107" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B108" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003409</v>
+        <v>197</v>
+      </c>
+      <c r="C108" t="s">
+        <v>263</v>
       </c>
       <c r="D108" t="s">
-        <v>152</v>
+        <v>264</v>
       </c>
       <c r="E108" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F108" s="12">
+        <v>35</v>
+      </c>
+      <c r="F108" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B109" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003809</v>
+        <v>197</v>
+      </c>
+      <c r="C109" t="s">
+        <v>265</v>
       </c>
       <c r="D109" t="s">
-        <v>153</v>
+        <v>266</v>
       </c>
       <c r="E109" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F109" s="12">
+        <v>35</v>
+      </c>
+      <c r="F109" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B110" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003306</v>
+        <v>197</v>
+      </c>
+      <c r="C110" t="s">
+        <v>267</v>
       </c>
       <c r="D110" t="s">
-        <v>154</v>
+        <v>268</v>
       </c>
       <c r="E110" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F110" s="12">
+        <v>35</v>
+      </c>
+      <c r="F110" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B111" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003309</v>
+        <v>197</v>
+      </c>
+      <c r="C111" t="s">
+        <v>269</v>
       </c>
       <c r="D111" t="s">
-        <v>155</v>
+        <v>270</v>
       </c>
       <c r="E111" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F111" s="12">
+        <v>35</v>
+      </c>
+      <c r="F111" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B112" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003606</v>
+        <v>197</v>
+      </c>
+      <c r="C112" t="s">
+        <v>271</v>
       </c>
       <c r="D112" t="s">
-        <v>156</v>
+        <v>272</v>
       </c>
       <c r="E112" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F112" s="12">
+        <v>35</v>
+      </c>
+      <c r="F112" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B113" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003603</v>
+        <v>197</v>
+      </c>
+      <c r="C113" t="s">
+        <v>273</v>
       </c>
       <c r="D113" t="s">
-        <v>157</v>
+        <v>274</v>
       </c>
       <c r="E113" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F113" s="12">
+        <v>35</v>
+      </c>
+      <c r="F113" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B114" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003609</v>
+        <v>197</v>
+      </c>
+      <c r="C114" t="s">
+        <v>275</v>
       </c>
       <c r="D114" t="s">
-        <v>158</v>
+        <v>276</v>
       </c>
       <c r="E114" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F114" s="12">
+        <v>35</v>
+      </c>
+      <c r="F114" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B115" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003909</v>
+        <v>197</v>
+      </c>
+      <c r="C115" t="s">
+        <v>277</v>
       </c>
       <c r="D115" t="s">
-        <v>159</v>
+        <v>278</v>
       </c>
       <c r="E115" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F115" s="12">
+        <v>35</v>
+      </c>
+      <c r="F115" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B116" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003506</v>
+        <v>197</v>
+      </c>
+      <c r="C116" t="s">
+        <v>279</v>
       </c>
       <c r="D116" t="s">
-        <v>160</v>
+        <v>280</v>
       </c>
       <c r="E116" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F116" s="12">
+        <v>35</v>
+      </c>
+      <c r="F116" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B117" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840003509</v>
+        <v>197</v>
+      </c>
+      <c r="C117" t="s">
+        <v>281</v>
       </c>
       <c r="D117" t="s">
-        <v>161</v>
+        <v>282</v>
       </c>
       <c r="E117" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F117" s="12">
+        <v>35</v>
+      </c>
+      <c r="F117" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B118" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840541702</v>
+        <v>197</v>
+      </c>
+      <c r="C118" t="s">
+        <v>283</v>
       </c>
       <c r="D118" t="s">
-        <v>162</v>
+        <v>284</v>
       </c>
       <c r="E118" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F118" s="12">
+        <v>35</v>
+      </c>
+      <c r="F118" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B119" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840510705</v>
+        <v>197</v>
+      </c>
+      <c r="C119" t="s">
+        <v>285</v>
       </c>
       <c r="D119" t="s">
-        <v>163</v>
+        <v>286</v>
       </c>
       <c r="E119" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F119" s="12">
+        <v>200</v>
+      </c>
+      <c r="F119" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B120" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840510702</v>
+        <v>197</v>
+      </c>
+      <c r="C120" t="s">
+        <v>287</v>
       </c>
       <c r="D120" t="s">
-        <v>164</v>
+        <v>288</v>
       </c>
       <c r="E120" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F120" s="12">
+        <v>35</v>
+      </c>
+      <c r="F120" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B121" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840531702</v>
+        <v>197</v>
+      </c>
+      <c r="C121" t="s">
+        <v>289</v>
       </c>
       <c r="D121" t="s">
-        <v>165</v>
+        <v>290</v>
       </c>
       <c r="E121" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F121" s="12">
+        <v>35</v>
+      </c>
+      <c r="F121" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B122" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840545902</v>
+        <v>197</v>
+      </c>
+      <c r="C122" t="s">
+        <v>291</v>
       </c>
       <c r="D122" t="s">
-        <v>166</v>
+        <v>292</v>
       </c>
       <c r="E122" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F122" s="12">
+        <v>35</v>
+      </c>
+      <c r="F122" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B123" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840563102</v>
+        <v>197</v>
+      </c>
+      <c r="C123" t="s">
+        <v>293</v>
       </c>
       <c r="D123" t="s">
-        <v>167</v>
+        <v>294</v>
       </c>
       <c r="E123" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F123" s="12">
+        <v>35</v>
+      </c>
+      <c r="F123" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B124" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840021002</v>
+        <v>197</v>
+      </c>
+      <c r="C124" t="s">
+        <v>295</v>
       </c>
       <c r="D124" t="s">
-        <v>168</v>
+        <v>296</v>
       </c>
       <c r="E124" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F124" s="12">
+        <v>35</v>
+      </c>
+      <c r="F124" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B125" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840021004</v>
+        <v>197</v>
+      </c>
+      <c r="C125" t="s">
+        <v>297</v>
       </c>
       <c r="D125" t="s">
-        <v>169</v>
+        <v>298</v>
       </c>
       <c r="E125" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F125" s="12">
+        <v>35</v>
+      </c>
+      <c r="F125" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B126" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840541802</v>
+        <v>197</v>
+      </c>
+      <c r="C126" t="s">
+        <v>299</v>
       </c>
       <c r="D126" t="s">
-        <v>170</v>
+        <v>300</v>
       </c>
       <c r="E126" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F126" s="12">
+        <v>35</v>
+      </c>
+      <c r="F126" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B127" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840543905</v>
+        <v>197</v>
+      </c>
+      <c r="C127" t="s">
+        <v>301</v>
       </c>
       <c r="D127" t="s">
-        <v>171</v>
+        <v>302</v>
       </c>
       <c r="E127" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F127" s="12">
+        <v>200</v>
+      </c>
+      <c r="F127" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B128" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840543902</v>
+        <v>197</v>
+      </c>
+      <c r="C128" t="s">
+        <v>303</v>
       </c>
       <c r="D128" t="s">
-        <v>172</v>
+        <v>304</v>
       </c>
       <c r="E128" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F128" s="12">
+        <v>35</v>
+      </c>
+      <c r="F128" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B129" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840545305</v>
+        <v>197</v>
+      </c>
+      <c r="C129" t="s">
+        <v>305</v>
       </c>
       <c r="D129" t="s">
-        <v>173</v>
+        <v>306</v>
       </c>
       <c r="E129" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F129" s="12">
+        <v>200</v>
+      </c>
+      <c r="F129" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B130" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840545302</v>
+        <v>197</v>
+      </c>
+      <c r="C130" t="s">
+        <v>307</v>
       </c>
       <c r="D130" t="s">
-        <v>174</v>
+        <v>308</v>
       </c>
       <c r="E130" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F130" s="12">
+        <v>35</v>
+      </c>
+      <c r="F130" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B131" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840531902</v>
+        <v>197</v>
+      </c>
+      <c r="C131" t="s">
+        <v>309</v>
       </c>
       <c r="D131" t="s">
-        <v>175</v>
+        <v>310</v>
       </c>
       <c r="E131" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F131" s="12">
+        <v>35</v>
+      </c>
+      <c r="F131" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B132" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840533202</v>
+        <v>197</v>
+      </c>
+      <c r="C132" t="s">
+        <v>311</v>
       </c>
       <c r="D132" t="s">
-        <v>176</v>
+        <v>312</v>
       </c>
       <c r="E132" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F132" s="12">
+        <v>35</v>
+      </c>
+      <c r="F132" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B133" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840931905</v>
+        <v>197</v>
+      </c>
+      <c r="C133" t="s">
+        <v>313</v>
       </c>
       <c r="D133" t="s">
-        <v>177</v>
+        <v>314</v>
       </c>
       <c r="E133" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F133" s="12">
+        <v>200</v>
+      </c>
+      <c r="F133" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B134" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840931902</v>
+        <v>197</v>
+      </c>
+      <c r="C134" t="s">
+        <v>315</v>
       </c>
       <c r="D134" t="s">
-        <v>178</v>
+        <v>316</v>
       </c>
       <c r="E134" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F134" s="12">
+        <v>35</v>
+      </c>
+      <c r="F134" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B135" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840030105</v>
+        <v>197</v>
+      </c>
+      <c r="C135" t="s">
+        <v>317</v>
       </c>
       <c r="D135" t="s">
-        <v>179</v>
+        <v>318</v>
       </c>
       <c r="E135" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F135" s="12">
+        <v>200</v>
+      </c>
+      <c r="F135" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B136" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840030102</v>
+        <v>197</v>
+      </c>
+      <c r="C136" t="s">
+        <v>319</v>
       </c>
       <c r="D136" t="s">
-        <v>180</v>
+        <v>320</v>
       </c>
       <c r="E136" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F136" s="12">
+        <v>35</v>
+      </c>
+      <c r="F136" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B137" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840021402</v>
+        <v>197</v>
+      </c>
+      <c r="C137" t="s">
+        <v>321</v>
       </c>
       <c r="D137" t="s">
-        <v>181</v>
+        <v>322</v>
       </c>
       <c r="E137" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F137" s="12">
+        <v>35</v>
+      </c>
+      <c r="F137" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A138" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B138" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840021404</v>
+        <v>197</v>
+      </c>
+      <c r="C138" t="s">
+        <v>323</v>
       </c>
       <c r="D138" t="s">
-        <v>182</v>
+        <v>324</v>
       </c>
       <c r="E138" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F138" s="12">
+        <v>35</v>
+      </c>
+      <c r="F138" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A139" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B139" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840543602</v>
+        <v>197</v>
+      </c>
+      <c r="C139" t="s">
+        <v>325</v>
       </c>
       <c r="D139" t="s">
-        <v>183</v>
+        <v>326</v>
       </c>
       <c r="E139" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F139" s="12">
+        <v>35</v>
+      </c>
+      <c r="F139" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A140" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B140" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840540305</v>
+        <v>197</v>
+      </c>
+      <c r="C140" t="s">
+        <v>327</v>
       </c>
       <c r="D140" t="s">
-        <v>184</v>
+        <v>328</v>
       </c>
       <c r="E140" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F140" s="12">
+        <v>200</v>
+      </c>
+      <c r="F140" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A141" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B141" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840540302</v>
+        <v>197</v>
+      </c>
+      <c r="C141" t="s">
+        <v>329</v>
       </c>
       <c r="D141" t="s">
-        <v>185</v>
+        <v>330</v>
       </c>
       <c r="E141" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F141" s="12">
+        <v>35</v>
+      </c>
+      <c r="F141" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A142" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B142" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840540705</v>
+        <v>197</v>
+      </c>
+      <c r="C142" t="s">
+        <v>331</v>
       </c>
       <c r="D142" t="s">
-        <v>186</v>
+        <v>332</v>
       </c>
       <c r="E142" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F142" s="12">
+        <v>200</v>
+      </c>
+      <c r="F142" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A143" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B143" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840540702</v>
+        <v>197</v>
+      </c>
+      <c r="C143" t="s">
+        <v>333</v>
       </c>
       <c r="D143" t="s">
-        <v>187</v>
+        <v>334</v>
       </c>
       <c r="E143" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F143" s="12">
+        <v>35</v>
+      </c>
+      <c r="F143" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A144" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B144" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840541505</v>
+        <v>197</v>
+      </c>
+      <c r="C144" t="s">
+        <v>335</v>
       </c>
       <c r="D144" t="s">
-        <v>188</v>
+        <v>336</v>
       </c>
       <c r="E144" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F144" s="12">
+        <v>200</v>
+      </c>
+      <c r="F144" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A145" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B145" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>22840541502</v>
+        <v>197</v>
+      </c>
+      <c r="C145" t="s">
+        <v>337</v>
       </c>
       <c r="D145" t="s">
-        <v>189</v>
+        <v>338</v>
       </c>
       <c r="E145" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F145" s="12">
+        <v>35</v>
+      </c>
+      <c r="F145" s="13">
         <v>45748</v>
       </c>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A146" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B146" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>641620725</v>
+        <v>339</v>
+      </c>
+      <c r="C146" t="s">
+        <v>340</v>
       </c>
       <c r="D146" t="s">
-        <v>191</v>
+        <v>341</v>
       </c>
       <c r="E146" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F146" s="12">
+        <v>342</v>
+      </c>
+      <c r="F146" s="13">
         <v>45809</v>
       </c>
     </row>
     <row r="147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A147" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B147" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>641604425</v>
+        <v>339</v>
+      </c>
+      <c r="C147" t="s">
+        <v>343</v>
       </c>
       <c r="D147" t="s">
-        <v>193</v>
+        <v>344</v>
       </c>
       <c r="E147" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F147" s="12">
+        <v>342</v>
+      </c>
+      <c r="F147" s="13">
         <v>45809</v>
       </c>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A148" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B148" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>641604610</v>
+        <v>339</v>
+      </c>
+      <c r="C148" t="s">
+        <v>345</v>
       </c>
       <c r="D148" t="s">
-        <v>194</v>
+        <v>346</v>
       </c>
       <c r="E148" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F148" s="12">
+        <v>342</v>
+      </c>
+      <c r="F148" s="13">
         <v>45870</v>
       </c>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A149" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B149" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>641604525</v>
+        <v>339</v>
+      </c>
+      <c r="C149" t="s">
+        <v>347</v>
       </c>
       <c r="D149" t="s">
-        <v>195</v>
+        <v>348</v>
       </c>
       <c r="E149" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F149" s="12">
+        <v>342</v>
+      </c>
+      <c r="F149" s="13">
         <v>45870</v>
       </c>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A150" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B150" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>641604710</v>
+        <v>339</v>
+      </c>
+      <c r="C150" t="s">
+        <v>349</v>
       </c>
       <c r="D150" t="s">
-        <v>196</v>
+        <v>350</v>
       </c>
       <c r="E150" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="F150" s="12">
+        <v>342</v>
+      </c>
+      <c r="F150" s="13">
         <v>45870</v>
       </c>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A151" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B151" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409963005</v>
+        <v>351</v>
+      </c>
+      <c r="C151" t="s">
+        <v>352</v>
       </c>
       <c r="D151" t="s">
-        <v>198</v>
+        <v>353</v>
       </c>
       <c r="E151" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="F151" s="12">
+        <v>354</v>
+      </c>
+      <c r="F151" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A152" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B152" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409963005</v>
+        <v>351</v>
+      </c>
+      <c r="C152" t="s">
+        <v>352</v>
       </c>
       <c r="D152" t="s">
-        <v>198</v>
+        <v>353</v>
       </c>
       <c r="E152" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="F152" s="12">
+        <v>354</v>
+      </c>
+      <c r="F152" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A153" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B153" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409491034</v>
+        <v>351</v>
+      </c>
+      <c r="C153" t="s">
+        <v>355</v>
       </c>
       <c r="D153" t="s">
-        <v>200</v>
+        <v>356</v>
       </c>
       <c r="E153" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>357</v>
+      </c>
+      <c r="F153" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A154" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B154" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409491034</v>
+        <v>351</v>
+      </c>
+      <c r="C154" t="s">
+        <v>358</v>
       </c>
       <c r="D154" t="s">
-        <v>200</v>
+        <v>359</v>
       </c>
       <c r="E154" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="F154" s="12">
+        <v>163</v>
+      </c>
+      <c r="F154" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A155" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B155" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409196607</v>
+        <v>351</v>
+      </c>
+      <c r="C155" t="s">
+        <v>360</v>
       </c>
       <c r="D155" t="s">
-        <v>201</v>
+        <v>361</v>
       </c>
       <c r="E155" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>163</v>
+      </c>
+      <c r="F155" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A156" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B156" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409176110</v>
+        <v>351</v>
+      </c>
+      <c r="C156" t="s">
+        <v>362</v>
       </c>
       <c r="D156" t="s">
-        <v>203</v>
+        <v>363</v>
       </c>
       <c r="E156" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>163</v>
+      </c>
+      <c r="F156" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="157" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A157" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B157" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409174610</v>
+        <v>351</v>
+      </c>
+      <c r="C157" t="s">
+        <v>364</v>
       </c>
       <c r="D157" t="s">
-        <v>204</v>
+        <v>162</v>
       </c>
       <c r="E157" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F157" s="12">
+        <v>163</v>
+      </c>
+      <c r="F157" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="158" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A158" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B158" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409175250</v>
+        <v>351</v>
+      </c>
+      <c r="C158" t="s">
+        <v>365</v>
       </c>
       <c r="D158" t="s">
-        <v>205</v>
+        <v>165</v>
       </c>
       <c r="E158" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F158" s="12">
+        <v>163</v>
+      </c>
+      <c r="F158" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A159" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B159" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409174910</v>
+        <v>351</v>
+      </c>
+      <c r="C159" t="s">
+        <v>366</v>
       </c>
       <c r="D159" t="s">
-        <v>98</v>
+        <v>367</v>
       </c>
       <c r="E159" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F159" s="12">
+        <v>85</v>
+      </c>
+      <c r="F159" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A160" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B160" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409174929</v>
+        <v>351</v>
+      </c>
+      <c r="C160" t="s">
+        <v>366</v>
       </c>
       <c r="D160" t="s">
-        <v>100</v>
+        <v>367</v>
       </c>
       <c r="E160" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>85</v>
+      </c>
+      <c r="F160" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="161" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A161" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B161" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409177510</v>
+        <v>351</v>
+      </c>
+      <c r="C161" t="s">
+        <v>368</v>
       </c>
       <c r="D161" t="s">
-        <v>206</v>
+        <v>369</v>
       </c>
       <c r="E161" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F161" s="12">
+        <v>85</v>
+      </c>
+      <c r="F161" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A162" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B162" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409177510</v>
+        <v>351</v>
+      </c>
+      <c r="C162" t="s">
+        <v>370</v>
       </c>
       <c r="D162" t="s">
-        <v>206</v>
+        <v>369</v>
       </c>
       <c r="E162" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F162" s="12">
+        <v>85</v>
+      </c>
+      <c r="F162" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A163" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B163" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409751716</v>
+        <v>351</v>
+      </c>
+      <c r="C163" t="s">
+        <v>368</v>
       </c>
       <c r="D163" t="s">
-        <v>207</v>
+        <v>369</v>
       </c>
       <c r="E163" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>85</v>
+      </c>
+      <c r="F163" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A164" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B164" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409664802</v>
+        <v>351</v>
+      </c>
+      <c r="C164" t="s">
+        <v>371</v>
       </c>
       <c r="D164" t="s">
-        <v>207</v>
+        <v>372</v>
       </c>
       <c r="E164" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>373</v>
+      </c>
+      <c r="F164" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A165" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B165" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409751716</v>
+        <v>351</v>
+      </c>
+      <c r="C165" t="s">
+        <v>371</v>
       </c>
       <c r="D165" t="s">
-        <v>207</v>
+        <v>372</v>
       </c>
       <c r="E165" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F165" s="12">
+        <v>373</v>
+      </c>
+      <c r="F165" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A166" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B166" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409234632</v>
+        <v>351</v>
+      </c>
+      <c r="C166" t="s">
+        <v>374</v>
       </c>
       <c r="D166" t="s">
-        <v>208</v>
+        <v>375</v>
       </c>
       <c r="E166" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F166" s="12">
+        <v>373</v>
+      </c>
+      <c r="F166" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A167" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B167" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409234632</v>
+        <v>351</v>
+      </c>
+      <c r="C167" t="s">
+        <v>374</v>
       </c>
       <c r="D167" t="s">
-        <v>208</v>
+        <v>375</v>
       </c>
       <c r="E167" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F167" s="12">
+        <v>373</v>
+      </c>
+      <c r="F167" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="168" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A168" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B168" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409234732</v>
+        <v>351</v>
+      </c>
+      <c r="C168" t="s">
+        <v>376</v>
       </c>
       <c r="D168" t="s">
-        <v>210</v>
+        <v>377</v>
       </c>
       <c r="E168" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>373</v>
+      </c>
+      <c r="F168" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A169" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B169" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409234732</v>
+        <v>351</v>
+      </c>
+      <c r="C169" t="s">
+        <v>378</v>
       </c>
       <c r="D169" t="s">
-        <v>210</v>
+        <v>379</v>
       </c>
       <c r="E169" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>373</v>
+      </c>
+      <c r="F169" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A170" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B170" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409372432</v>
+        <v>351</v>
+      </c>
+      <c r="C170" t="s">
+        <v>378</v>
       </c>
       <c r="D170" t="s">
-        <v>211</v>
+        <v>379</v>
       </c>
       <c r="E170" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="F170" s="12">
+        <v>373</v>
+      </c>
+      <c r="F170" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A171" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B171" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409910420</v>
+        <v>351</v>
+      </c>
+      <c r="C171" t="s">
+        <v>380</v>
       </c>
       <c r="D171" t="s">
-        <v>212</v>
+        <v>381</v>
       </c>
       <c r="E171" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>382</v>
+      </c>
+      <c r="F171" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A172" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B172" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409910420</v>
+        <v>351</v>
+      </c>
+      <c r="C172" t="s">
+        <v>383</v>
       </c>
       <c r="D172" t="s">
-        <v>212</v>
+        <v>384</v>
       </c>
       <c r="E172" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>385</v>
+      </c>
+      <c r="F172" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A173" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B173" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409648201</v>
+        <v>351</v>
+      </c>
+      <c r="C173" t="s">
+        <v>383</v>
       </c>
       <c r="D173" t="s">
-        <v>213</v>
+        <v>384</v>
       </c>
       <c r="E173" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="F173" s="12">
+        <v>385</v>
+      </c>
+      <c r="F173" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A174" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B174" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909422</v>
+        <v>351</v>
+      </c>
+      <c r="C174" t="s">
+        <v>386</v>
       </c>
       <c r="D174" t="s">
-        <v>215</v>
+        <v>387</v>
       </c>
       <c r="E174" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>385</v>
+      </c>
+      <c r="F174" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="175" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A175" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B175" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909422</v>
+        <v>351</v>
+      </c>
+      <c r="C175" t="s">
+        <v>388</v>
       </c>
       <c r="D175" t="s">
-        <v>215</v>
+        <v>389</v>
       </c>
       <c r="E175" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F175" s="12">
+        <v>385</v>
+      </c>
+      <c r="F175" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A176" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B176" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909431</v>
+        <v>351</v>
+      </c>
+      <c r="C176" t="s">
+        <v>390</v>
       </c>
       <c r="D176" t="s">
-        <v>217</v>
+        <v>391</v>
       </c>
       <c r="E176" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F176" s="12">
+        <v>385</v>
+      </c>
+      <c r="F176" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A177" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B177" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909425</v>
+        <v>351</v>
+      </c>
+      <c r="C177" t="s">
+        <v>392</v>
       </c>
       <c r="D177" t="s">
-        <v>218</v>
+        <v>393</v>
       </c>
       <c r="E177" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F177" s="12">
+        <v>385</v>
+      </c>
+      <c r="F177" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A178" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B178" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909461</v>
+        <v>351</v>
+      </c>
+      <c r="C178" t="s">
+        <v>394</v>
       </c>
       <c r="D178" t="s">
-        <v>219</v>
+        <v>395</v>
       </c>
       <c r="E178" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F178" s="12">
+        <v>143</v>
+      </c>
+      <c r="F178" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A179" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B179" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409909428</v>
+        <v>351</v>
+      </c>
+      <c r="C179" t="s">
+        <v>396</v>
       </c>
       <c r="D179" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="E179" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F179" s="12">
+        <v>385</v>
+      </c>
+      <c r="F179" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="180" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A180" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B180" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409155554</v>
+        <v>351</v>
+      </c>
+      <c r="C180" t="s">
+        <v>398</v>
       </c>
       <c r="D180" t="s">
-        <v>221</v>
+        <v>399</v>
       </c>
       <c r="E180" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F180" s="12">
+        <v>385</v>
+      </c>
+      <c r="F180" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="181" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A181" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B181" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409180501</v>
+        <v>351</v>
+      </c>
+      <c r="C181" t="s">
+        <v>400</v>
       </c>
       <c r="D181" t="s">
-        <v>222</v>
+        <v>401</v>
       </c>
       <c r="E181" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F181" s="12">
+        <v>385</v>
+      </c>
+      <c r="F181" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A182" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B182" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409128337</v>
+        <v>351</v>
+      </c>
+      <c r="C182" t="s">
+        <v>402</v>
       </c>
       <c r="D182" t="s">
-        <v>223</v>
+        <v>401</v>
       </c>
       <c r="E182" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F182" s="12">
+        <v>385</v>
+      </c>
+      <c r="F182" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A183" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B183" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409336510</v>
+        <v>351</v>
+      </c>
+      <c r="C183" t="s">
+        <v>403</v>
       </c>
       <c r="D183" t="s">
-        <v>224</v>
+        <v>404</v>
       </c>
       <c r="E183" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F183" s="12">
+        <v>405</v>
+      </c>
+      <c r="F183" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A184" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B184" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409131236</v>
+        <v>351</v>
+      </c>
+      <c r="C184" t="s">
+        <v>406</v>
       </c>
       <c r="D184" t="s">
-        <v>224</v>
+        <v>407</v>
       </c>
       <c r="E184" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>385</v>
+      </c>
+      <c r="F184" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A185" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B185" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409403101</v>
+        <v>351</v>
+      </c>
+      <c r="C185" t="s">
+        <v>408</v>
       </c>
       <c r="D185" t="s">
-        <v>225</v>
+        <v>409</v>
       </c>
       <c r="E185" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="F185" s="12">
+        <v>385</v>
+      </c>
+      <c r="F185" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A186" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B186" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409118130</v>
+        <v>351</v>
+      </c>
+      <c r="C186" t="s">
+        <v>410</v>
       </c>
       <c r="D186" t="s">
-        <v>227</v>
+        <v>411</v>
       </c>
       <c r="E186" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>385</v>
+      </c>
+      <c r="F186" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A187" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B187" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409189323</v>
+        <v>351</v>
+      </c>
+      <c r="C187" t="s">
+        <v>412</v>
       </c>
       <c r="D187" t="s">
-        <v>228</v>
+        <v>413</v>
       </c>
       <c r="E187" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>385</v>
+      </c>
+      <c r="F187" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A188" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B188" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409189023</v>
+        <v>351</v>
+      </c>
+      <c r="C188" t="s">
+        <v>412</v>
       </c>
       <c r="D188" t="s">
-        <v>229</v>
+        <v>413</v>
       </c>
       <c r="E188" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F188" s="12">
+        <v>385</v>
+      </c>
+      <c r="F188" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A189" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B189" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409189620</v>
+        <v>351</v>
+      </c>
+      <c r="C189" t="s">
+        <v>414</v>
       </c>
       <c r="D189" t="s">
-        <v>230</v>
+        <v>415</v>
       </c>
       <c r="E189" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>385</v>
+      </c>
+      <c r="F189" s="13">
+        <v>45796</v>
       </c>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A190" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B190" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409189620</v>
+        <v>351</v>
+      </c>
+      <c r="C190" t="s">
+        <v>416</v>
       </c>
       <c r="D190" t="s">
-        <v>230</v>
+        <v>417</v>
       </c>
       <c r="E190" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F190" s="12">
+        <v>91</v>
+      </c>
+      <c r="F190" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A191" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B191" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409202201</v>
+        <v>351</v>
+      </c>
+      <c r="C191" t="s">
+        <v>418</v>
       </c>
       <c r="D191" t="s">
-        <v>231</v>
+        <v>419</v>
       </c>
       <c r="E191" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45796</v>
+        <v>91</v>
+      </c>
+      <c r="F191" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A192" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B192" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409818301</v>
+        <v>351</v>
+      </c>
+      <c r="C192" t="s">
+        <v>420</v>
       </c>
       <c r="D192" t="s">
-        <v>232</v>
+        <v>421</v>
       </c>
       <c r="E192" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F192" s="12">
+        <v>91</v>
+      </c>
+      <c r="F192" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A193" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B193" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409329906</v>
+        <v>351</v>
+      </c>
+      <c r="C193" t="s">
+        <v>422</v>
       </c>
       <c r="D193" t="s">
-        <v>233</v>
+        <v>423</v>
       </c>
       <c r="E193" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F193" s="12">
+        <v>91</v>
+      </c>
+      <c r="F193" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B194" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409729973</v>
+        <v>351</v>
+      </c>
+      <c r="C194" t="s">
+        <v>424</v>
       </c>
       <c r="D194" t="s">
-        <v>234</v>
+        <v>425</v>
       </c>
       <c r="E194" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F194" s="12">
+        <v>91</v>
+      </c>
+      <c r="F194" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="195" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B195" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409329905</v>
+        <v>351</v>
+      </c>
+      <c r="C195" t="s">
+        <v>426</v>
       </c>
       <c r="D195" t="s">
-        <v>235</v>
+        <v>427</v>
       </c>
       <c r="E195" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F195" s="12">
+        <v>91</v>
+      </c>
+      <c r="F195" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="196" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B196" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409488820</v>
+        <v>351</v>
+      </c>
+      <c r="C196" t="s">
+        <v>428</v>
       </c>
       <c r="D196" t="s">
-        <v>236</v>
+        <v>429</v>
       </c>
       <c r="E196" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F196" s="12">
+        <v>91</v>
+      </c>
+      <c r="F196" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="197" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A197" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B197" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409114102</v>
+        <v>351</v>
+      </c>
+      <c r="C197" t="s">
+        <v>430</v>
       </c>
       <c r="D197" t="s">
-        <v>237</v>
+        <v>431</v>
       </c>
       <c r="E197" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F197" s="12">
+        <v>31</v>
+      </c>
+      <c r="F197" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="198" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A198" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B198" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409739172</v>
+        <v>351</v>
+      </c>
+      <c r="C198" t="s">
+        <v>432</v>
       </c>
       <c r="D198" t="s">
-        <v>238</v>
+        <v>433</v>
       </c>
       <c r="E198" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F198" s="12">
+        <v>357</v>
+      </c>
+      <c r="F198" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="199" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A199" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B199" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409030201</v>
+        <v>351</v>
+      </c>
+      <c r="C199" t="s">
+        <v>434</v>
       </c>
       <c r="D199" t="s">
-        <v>239</v>
+        <v>435</v>
       </c>
       <c r="E199" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F199" s="12">
+        <v>357</v>
+      </c>
+      <c r="F199" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="200" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A200" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B200" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409397703</v>
+        <v>351</v>
+      </c>
+      <c r="C200" t="s">
+        <v>436</v>
       </c>
       <c r="D200" t="s">
-        <v>240</v>
+        <v>437</v>
       </c>
       <c r="E200" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="F200" s="12">
+        <v>357</v>
+      </c>
+      <c r="F200" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="201" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A201" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B201" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409488710</v>
+        <v>351</v>
+      </c>
+      <c r="C201" t="s">
+        <v>438</v>
       </c>
       <c r="D201" t="s">
-        <v>241</v>
+        <v>439</v>
       </c>
       <c r="E201" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="F201" s="12">
+        <v>357</v>
+      </c>
+      <c r="F201" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="202" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A202" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B202" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409488799</v>
+        <v>351</v>
+      </c>
+      <c r="C202" t="s">
+        <v>440</v>
       </c>
       <c r="D202" t="s">
-        <v>242</v>
+        <v>441</v>
       </c>
       <c r="E202" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="F202" s="12">
+        <v>357</v>
+      </c>
+      <c r="F202" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="203" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A203" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B203" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409488720</v>
+        <v>442</v>
+      </c>
+      <c r="C203" t="s">
+        <v>443</v>
       </c>
       <c r="D203" t="s">
-        <v>243</v>
+        <v>444</v>
       </c>
       <c r="E203" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>85</v>
+      </c>
+      <c r="F203" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="204" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A204" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B204" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>409488750</v>
+        <v>442</v>
+      </c>
+      <c r="C204" t="s">
+        <v>445</v>
       </c>
       <c r="D204" t="s">
-        <v>244</v>
+        <v>446</v>
       </c>
       <c r="E204" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>85</v>
+      </c>
+      <c r="F204" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="205" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A205" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B205" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990417905</v>
+        <v>442</v>
+      </c>
+      <c r="C205" t="s">
+        <v>447</v>
       </c>
       <c r="D205" t="s">
-        <v>246</v>
+        <v>448</v>
       </c>
       <c r="E205" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F205" s="12">
+        <v>85</v>
+      </c>
+      <c r="F205" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="206" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A206" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B206" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990717217</v>
+        <v>442</v>
+      </c>
+      <c r="C206" t="s">
+        <v>449</v>
       </c>
       <c r="D206" t="s">
-        <v>247</v>
+        <v>450</v>
       </c>
       <c r="E206" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F206" s="12">
+        <v>85</v>
+      </c>
+      <c r="F206" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="207" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A207" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B207" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990717117</v>
+        <v>442</v>
+      </c>
+      <c r="C207" t="s">
+        <v>451</v>
       </c>
       <c r="D207" t="s">
-        <v>248</v>
+        <v>452</v>
       </c>
       <c r="E207" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F207" s="12">
+        <v>85</v>
+      </c>
+      <c r="F207" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A208" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B208" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990417803</v>
+        <v>442</v>
+      </c>
+      <c r="C208" t="s">
+        <v>453</v>
       </c>
       <c r="D208" t="s">
-        <v>249</v>
+        <v>454</v>
       </c>
       <c r="E208" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F208" s="12">
+        <v>85</v>
+      </c>
+      <c r="F208" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="209" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A209" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B209" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990793819</v>
+        <v>442</v>
+      </c>
+      <c r="C209" t="s">
+        <v>455</v>
       </c>
       <c r="D209" t="s">
-        <v>250</v>
+        <v>456</v>
       </c>
       <c r="E209" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F209" s="12">
+        <v>85</v>
+      </c>
+      <c r="F209" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="210" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A210" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B210" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990793519</v>
+        <v>442</v>
+      </c>
+      <c r="C210" t="s">
+        <v>457</v>
       </c>
       <c r="D210" t="s">
-        <v>251</v>
+        <v>458</v>
       </c>
       <c r="E210" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F210" s="12">
+        <v>85</v>
+      </c>
+      <c r="F210" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="211" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A211" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B211" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990800415</v>
+        <v>442</v>
+      </c>
+      <c r="C211" t="s">
+        <v>459</v>
       </c>
       <c r="D211" t="s">
-        <v>252</v>
+        <v>84</v>
       </c>
       <c r="E211" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F211" s="12">
+        <v>85</v>
+      </c>
+      <c r="F211" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="212" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A212" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B212" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990793719</v>
+        <v>442</v>
+      </c>
+      <c r="C212" t="s">
+        <v>460</v>
       </c>
       <c r="D212" t="s">
-        <v>253</v>
+        <v>84</v>
       </c>
       <c r="E212" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F212" s="12">
+        <v>85</v>
+      </c>
+      <c r="F212" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="213" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A213" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B213" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792323</v>
+        <v>442</v>
+      </c>
+      <c r="C213" t="s">
+        <v>461</v>
       </c>
       <c r="D213" t="s">
-        <v>53</v>
+        <v>462</v>
       </c>
       <c r="E213" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F213" s="12">
+        <v>85</v>
+      </c>
+      <c r="F213" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="214" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A214" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B214" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792337</v>
+        <v>442</v>
+      </c>
+      <c r="C214" t="s">
+        <v>463</v>
       </c>
       <c r="D214" t="s">
-        <v>53</v>
+        <v>464</v>
       </c>
       <c r="E214" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F214" s="12">
+        <v>85</v>
+      </c>
+      <c r="F214" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A215" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B215" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792320</v>
+        <v>442</v>
+      </c>
+      <c r="C215" t="s">
+        <v>465</v>
       </c>
       <c r="D215" t="s">
-        <v>254</v>
+        <v>464</v>
       </c>
       <c r="E215" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F215" s="12">
+        <v>85</v>
+      </c>
+      <c r="F215" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A216" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B216" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792313</v>
+        <v>442</v>
+      </c>
+      <c r="C216" t="s">
+        <v>466</v>
       </c>
       <c r="D216" t="s">
-        <v>255</v>
+        <v>467</v>
       </c>
       <c r="E216" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F216" s="12">
+        <v>85</v>
+      </c>
+      <c r="F216" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="217" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A217" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B217" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792336</v>
+        <v>442</v>
+      </c>
+      <c r="C217" t="s">
+        <v>468</v>
       </c>
       <c r="D217" t="s">
-        <v>255</v>
+        <v>469</v>
       </c>
       <c r="E217" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F217" s="12">
+        <v>85</v>
+      </c>
+      <c r="F217" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="218" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A218" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B218" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792255</v>
+        <v>442</v>
+      </c>
+      <c r="C218" t="s">
+        <v>470</v>
       </c>
       <c r="D218" t="s">
-        <v>256</v>
+        <v>471</v>
       </c>
       <c r="E218" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F218" s="12">
+        <v>85</v>
+      </c>
+      <c r="F218" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="219" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A219" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B219" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990793619</v>
+        <v>442</v>
+      </c>
+      <c r="C219" t="s">
+        <v>472</v>
       </c>
       <c r="D219" t="s">
-        <v>257</v>
+        <v>473</v>
       </c>
       <c r="E219" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F219" s="12">
+        <v>91</v>
+      </c>
+      <c r="F219" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="220" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A220" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B220" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990791819</v>
+        <v>442</v>
+      </c>
+      <c r="C220" t="s">
+        <v>474</v>
       </c>
       <c r="D220" t="s">
-        <v>258</v>
+        <v>475</v>
       </c>
       <c r="E220" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F220" s="12">
+        <v>91</v>
+      </c>
+      <c r="F220" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="221" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A221" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B221" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792409</v>
+        <v>442</v>
+      </c>
+      <c r="C221" t="s">
+        <v>476</v>
       </c>
       <c r="D221" t="s">
-        <v>259</v>
+        <v>477</v>
       </c>
       <c r="E221" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F221" s="12">
+        <v>91</v>
+      </c>
+      <c r="F221" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="222" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A222" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B222" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792402</v>
+        <v>442</v>
+      </c>
+      <c r="C222" t="s">
+        <v>478</v>
       </c>
       <c r="D222" t="s">
-        <v>260</v>
+        <v>479</v>
       </c>
       <c r="E222" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F222" s="12">
+        <v>91</v>
+      </c>
+      <c r="F222" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="223" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A223" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B223" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792403</v>
+        <v>442</v>
+      </c>
+      <c r="C223" t="s">
+        <v>480</v>
       </c>
       <c r="D223" t="s">
-        <v>261</v>
+        <v>481</v>
       </c>
       <c r="E223" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F223" s="12">
+        <v>91</v>
+      </c>
+      <c r="F223" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="224" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A224" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B224" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792509</v>
+        <v>442</v>
+      </c>
+      <c r="C224" t="s">
+        <v>482</v>
       </c>
       <c r="D224" t="s">
-        <v>262</v>
+        <v>483</v>
       </c>
       <c r="E224" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F224" s="12">
+        <v>91</v>
+      </c>
+      <c r="F224" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="225" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A225" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B225" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990792503</v>
+        <v>442</v>
+      </c>
+      <c r="C225" t="s">
+        <v>484</v>
       </c>
       <c r="D225" t="s">
-        <v>263</v>
+        <v>485</v>
       </c>
       <c r="E225" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F225" s="12">
+        <v>91</v>
+      </c>
+      <c r="F225" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="226" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A226" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B226" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990796509</v>
+        <v>442</v>
+      </c>
+      <c r="C226" t="s">
+        <v>486</v>
       </c>
       <c r="D226" t="s">
-        <v>264</v>
+        <v>487</v>
       </c>
       <c r="E226" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F226" s="12">
+        <v>91</v>
+      </c>
+      <c r="F226" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A227" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B227" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990737262</v>
+        <v>442</v>
+      </c>
+      <c r="C227" t="s">
+        <v>488</v>
       </c>
       <c r="D227" t="s">
-        <v>265</v>
+        <v>489</v>
       </c>
       <c r="E227" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F227" s="12">
+        <v>490</v>
+      </c>
+      <c r="F227" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="228" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A228" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B228" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990796809</v>
+        <v>442</v>
+      </c>
+      <c r="C228" t="s">
+        <v>491</v>
       </c>
       <c r="D228" t="s">
-        <v>266</v>
+        <v>492</v>
       </c>
       <c r="E228" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F228" s="12">
+        <v>91</v>
+      </c>
+      <c r="F228" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="229" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A229" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B229" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990797408</v>
+        <v>442</v>
+      </c>
+      <c r="C229" t="s">
+        <v>493</v>
       </c>
       <c r="D229" t="s">
-        <v>267</v>
+        <v>494</v>
       </c>
       <c r="E229" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="F229" s="12">
+        <v>91</v>
+      </c>
+      <c r="F229" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="230" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A230" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B230" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990711109</v>
+        <v>442</v>
+      </c>
+      <c r="C230" t="s">
+        <v>495</v>
       </c>
       <c r="D230" t="s">
-        <v>269</v>
+        <v>496</v>
       </c>
       <c r="E230" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F230" s="12">
+        <v>490</v>
+      </c>
+      <c r="F230" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A231" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B231" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990799309</v>
+        <v>442</v>
+      </c>
+      <c r="C231" t="s">
+        <v>497</v>
       </c>
       <c r="D231" t="s">
-        <v>270</v>
+        <v>498</v>
       </c>
       <c r="E231" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F231" s="12">
+        <v>490</v>
+      </c>
+      <c r="F231" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="232" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A232" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B232" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990797205</v>
+        <v>442</v>
+      </c>
+      <c r="C232" t="s">
+        <v>499</v>
       </c>
       <c r="D232" t="s">
-        <v>271</v>
+        <v>500</v>
       </c>
       <c r="E232" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="F232" s="12">
+        <v>490</v>
+      </c>
+      <c r="F232" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="233" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A233" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B233" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990797207</v>
+        <v>442</v>
+      </c>
+      <c r="C233" t="s">
+        <v>501</v>
       </c>
       <c r="D233" t="s">
-        <v>272</v>
+        <v>502</v>
       </c>
       <c r="E233" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="F233" s="12">
+        <v>91</v>
+      </c>
+      <c r="F233" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="234" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A234" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B234" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990797208</v>
+        <v>442</v>
+      </c>
+      <c r="C234" t="s">
+        <v>503</v>
       </c>
       <c r="D234" t="s">
-        <v>273</v>
+        <v>504</v>
       </c>
       <c r="E234" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="F234" s="12">
+        <v>91</v>
+      </c>
+      <c r="F234" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="235" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A235" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B235" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990773037</v>
+        <v>442</v>
+      </c>
+      <c r="C235" t="s">
+        <v>505</v>
       </c>
       <c r="D235" t="s">
-        <v>274</v>
+        <v>90</v>
       </c>
       <c r="E235" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F235" s="12">
+        <v>91</v>
+      </c>
+      <c r="F235" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="236" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A236" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B236" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990773036</v>
+        <v>442</v>
+      </c>
+      <c r="C236" t="s">
+        <v>506</v>
       </c>
       <c r="D236" t="s">
-        <v>275</v>
+        <v>90</v>
       </c>
       <c r="E236" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F236" s="12">
+        <v>91</v>
+      </c>
+      <c r="F236" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="237" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A237" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B237" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798423</v>
+        <v>442</v>
+      </c>
+      <c r="C237" t="s">
+        <v>507</v>
       </c>
       <c r="D237" t="s">
-        <v>57</v>
+        <v>508</v>
       </c>
       <c r="E237" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F237" s="12">
+        <v>91</v>
+      </c>
+      <c r="F237" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="238" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A238" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B238" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798437</v>
+        <v>442</v>
+      </c>
+      <c r="C238" t="s">
+        <v>509</v>
       </c>
       <c r="D238" t="s">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="E238" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F238" s="12">
+        <v>91</v>
+      </c>
+      <c r="F238" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="239" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A239" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B239" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798420</v>
+        <v>442</v>
+      </c>
+      <c r="C239" t="s">
+        <v>510</v>
       </c>
       <c r="D239" t="s">
-        <v>276</v>
+        <v>96</v>
       </c>
       <c r="E239" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F239" s="12">
+        <v>91</v>
+      </c>
+      <c r="F239" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="240" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A240" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B240" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798413</v>
+        <v>442</v>
+      </c>
+      <c r="C240" t="s">
+        <v>511</v>
       </c>
       <c r="D240" t="s">
-        <v>59</v>
+        <v>512</v>
       </c>
       <c r="E240" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F240" s="12">
+        <v>91</v>
+      </c>
+      <c r="F240" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="241" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A241" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B241" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798436</v>
+        <v>442</v>
+      </c>
+      <c r="C241" t="s">
+        <v>513</v>
       </c>
       <c r="D241" t="s">
-        <v>59</v>
+        <v>514</v>
       </c>
       <c r="E241" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F241" s="12">
+        <v>357</v>
+      </c>
+      <c r="F241" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="242" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A242" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B242" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990798355</v>
+        <v>442</v>
+      </c>
+      <c r="C242" t="s">
+        <v>515</v>
       </c>
       <c r="D242" t="s">
-        <v>277</v>
+        <v>516</v>
       </c>
       <c r="E242" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="F242" s="12">
+        <v>517</v>
+      </c>
+      <c r="F242" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="243" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A243" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B243" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990711807</v>
+        <v>518</v>
+      </c>
+      <c r="C243" t="s">
+        <v>519</v>
       </c>
       <c r="D243" t="s">
-        <v>278</v>
+        <v>520</v>
       </c>
       <c r="E243" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F243" s="13">
+        <v>45750</v>
       </c>
     </row>
     <row r="244" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A244" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B244" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>990797305</v>
+        <v>518</v>
+      </c>
+      <c r="C244" t="s">
+        <v>521</v>
       </c>
       <c r="D244" t="s">
-        <v>279</v>
+        <v>520</v>
       </c>
       <c r="E244" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F244" s="13">
+        <v>45750</v>
       </c>
     </row>
     <row r="245" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A245" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B245" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894011101</v>
+        <v>522</v>
+      </c>
+      <c r="C245" t="s">
+        <v>523</v>
       </c>
       <c r="D245" t="s">
-        <v>282</v>
+        <v>524</v>
       </c>
       <c r="E245" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45750</v>
+        <v>525</v>
+      </c>
+      <c r="F245" s="13">
+        <v>45639</v>
       </c>
     </row>
     <row r="246" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A246" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B246" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894011102</v>
+        <v>526</v>
+      </c>
+      <c r="C246" t="s">
+        <v>527</v>
       </c>
       <c r="D246" t="s">
-        <v>282</v>
+        <v>528</v>
       </c>
       <c r="E246" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45750</v>
+        <v>196</v>
+      </c>
+      <c r="F246" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="247" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A247" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B247" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>42195055014</v>
+        <v>529</v>
+      </c>
+      <c r="C247" t="s">
+        <v>530</v>
       </c>
       <c r="D247" t="s">
-        <v>284</v>
+        <v>531</v>
       </c>
       <c r="E247" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>45639</v>
+        <v>31</v>
+      </c>
+      <c r="F247" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="248" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A248" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B248" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>54482002002</v>
+        <v>532</v>
+      </c>
+      <c r="C248" t="s">
+        <v>533</v>
       </c>
       <c r="D248" t="s">
-        <v>287</v>
+        <v>534</v>
       </c>
       <c r="E248" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="F248" s="12">
+        <v>517</v>
+      </c>
+      <c r="F248" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="249" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A249" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B249" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78095819</v>
+        <v>532</v>
+      </c>
+      <c r="C249" t="s">
+        <v>533</v>
       </c>
       <c r="D249" t="s">
-        <v>289</v>
+        <v>534</v>
       </c>
       <c r="E249" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>517</v>
+      </c>
+      <c r="F249" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="250" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A250" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B250" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>9722402</v>
+        <v>532</v>
+      </c>
+      <c r="C250" t="s">
+        <v>535</v>
       </c>
       <c r="D250" t="s">
-        <v>291</v>
+        <v>536</v>
       </c>
       <c r="E250" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F250" s="12">
+        <v>537</v>
+      </c>
+      <c r="F250" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="251" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A251" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B251" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>9722402</v>
+        <v>532</v>
+      </c>
+      <c r="C251" t="s">
+        <v>535</v>
       </c>
       <c r="D251" t="s">
-        <v>291</v>
+        <v>536</v>
       </c>
       <c r="E251" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F251" s="12">
+        <v>537</v>
+      </c>
+      <c r="F251" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="252" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A252" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B252" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070110</v>
+        <v>532</v>
+      </c>
+      <c r="C252" t="s">
+        <v>538</v>
       </c>
       <c r="D252" t="s">
-        <v>292</v>
+        <v>539</v>
       </c>
       <c r="E252" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="F252" s="12">
+        <v>537</v>
+      </c>
+      <c r="F252" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="253" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A253" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B253" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070110</v>
+        <v>532</v>
+      </c>
+      <c r="C253" t="s">
+        <v>538</v>
       </c>
       <c r="D253" t="s">
-        <v>292</v>
+        <v>539</v>
       </c>
       <c r="E253" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="F253" s="12">
+        <v>537</v>
+      </c>
+      <c r="F253" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="254" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A254" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B254" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070210</v>
+        <v>532</v>
+      </c>
+      <c r="C254" t="s">
+        <v>540</v>
       </c>
       <c r="D254" t="s">
-        <v>294</v>
+        <v>541</v>
       </c>
       <c r="E254" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="F254" s="12">
+        <v>537</v>
+      </c>
+      <c r="F254" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="255" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A255" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B255" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070210</v>
+        <v>532</v>
+      </c>
+      <c r="C255" t="s">
+        <v>540</v>
       </c>
       <c r="D255" t="s">
-        <v>294</v>
+        <v>541</v>
       </c>
       <c r="E255" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="F255" s="12">
+        <v>537</v>
+      </c>
+      <c r="F255" s="13">
         <v>45792</v>
       </c>
     </row>
     <row r="256" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A256" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B256" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070010</v>
+        <v>532</v>
+      </c>
+      <c r="C256" t="s">
+        <v>542</v>
       </c>
       <c r="D256" t="s">
-        <v>295</v>
+        <v>543</v>
       </c>
       <c r="E256" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>544</v>
+      </c>
+      <c r="F256" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="257" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A257" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B257" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>60793070010</v>
+        <v>545</v>
+      </c>
+      <c r="C257" t="s">
+        <v>546</v>
       </c>
       <c r="D257" t="s">
-        <v>295</v>
+        <v>547</v>
       </c>
       <c r="E257" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>88</v>
+      </c>
+      <c r="F257" s="13">
+        <v>45627</v>
       </c>
     </row>
     <row r="258" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A258" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B258" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>49316044</v>
+        <v>548</v>
+      </c>
+      <c r="C258" t="s">
+        <v>549</v>
       </c>
       <c r="D258" t="s">
-        <v>296</v>
+        <v>550</v>
       </c>
       <c r="E258" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>45792</v>
+        <v>196</v>
+      </c>
+      <c r="F258" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="259" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A259" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B259" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>121085340</v>
+        <v>548</v>
+      </c>
+      <c r="C259" t="s">
+        <v>551</v>
       </c>
       <c r="D259" t="s">
-        <v>299</v>
+        <v>552</v>
       </c>
       <c r="E259" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45627</v>
+        <v>159</v>
+      </c>
+      <c r="F259" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="260" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A260" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B260" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292041005</v>
+        <v>548</v>
+      </c>
+      <c r="C260" t="s">
+        <v>553</v>
       </c>
       <c r="D260" t="s">
-        <v>301</v>
+        <v>554</v>
       </c>
       <c r="E260" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="F260" s="12">
+        <v>159</v>
+      </c>
+      <c r="F260" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="261" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A261" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B261" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292032060</v>
+        <v>548</v>
+      </c>
+      <c r="C261" t="s">
+        <v>553</v>
       </c>
       <c r="D261" t="s">
-        <v>302</v>
+        <v>554</v>
       </c>
       <c r="E261" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F261" s="12">
+        <v>159</v>
+      </c>
+      <c r="F261" s="13">
         <v>45839</v>
       </c>
     </row>
     <row r="262" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A262" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B262" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292032160</v>
+        <v>548</v>
+      </c>
+      <c r="C262" t="s">
+        <v>555</v>
       </c>
       <c r="D262" t="s">
-        <v>303</v>
+        <v>556</v>
       </c>
       <c r="E262" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F262" s="12">
+        <v>159</v>
+      </c>
+      <c r="F262" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="263" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A263" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B263" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292032160</v>
+        <v>548</v>
+      </c>
+      <c r="C263" t="s">
+        <v>557</v>
       </c>
       <c r="D263" t="s">
-        <v>303</v>
+        <v>558</v>
       </c>
       <c r="E263" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>159</v>
+      </c>
+      <c r="F263" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="264" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A264" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B264" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292013160</v>
+        <v>548</v>
+      </c>
+      <c r="C264" t="s">
+        <v>559</v>
       </c>
       <c r="D264" t="s">
-        <v>304</v>
+        <v>560</v>
       </c>
       <c r="E264" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F264" s="12">
+        <v>159</v>
+      </c>
+      <c r="F264" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="265" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A265" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B265" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292013260</v>
+        <v>548</v>
+      </c>
+      <c r="C265" t="s">
+        <v>561</v>
       </c>
       <c r="D265" t="s">
-        <v>305</v>
+        <v>562</v>
       </c>
       <c r="E265" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F265" s="12">
+        <v>159</v>
+      </c>
+      <c r="F265" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="266" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A266" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B266" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292013360</v>
+        <v>548</v>
+      </c>
+      <c r="C266" t="s">
+        <v>563</v>
       </c>
       <c r="D266" t="s">
-        <v>306</v>
+        <v>564</v>
       </c>
       <c r="E266" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F266" s="12">
+        <v>159</v>
+      </c>
+      <c r="F266" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="267" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A267" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B267" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292013901</v>
+        <v>548</v>
+      </c>
+      <c r="C267" t="s">
+        <v>565</v>
       </c>
       <c r="D267" t="s">
-        <v>307</v>
+        <v>566</v>
       </c>
       <c r="E267" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F267" s="12">
+        <v>159</v>
+      </c>
+      <c r="F267" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="268" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A268" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B268" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014001</v>
+        <v>548</v>
+      </c>
+      <c r="C268" t="s">
+        <v>567</v>
       </c>
       <c r="D268" t="s">
-        <v>308</v>
+        <v>568</v>
       </c>
       <c r="E268" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F268" s="12">
+        <v>159</v>
+      </c>
+      <c r="F268" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="269" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A269" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B269" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014101</v>
+        <v>548</v>
+      </c>
+      <c r="C269" t="s">
+        <v>569</v>
       </c>
       <c r="D269" t="s">
-        <v>309</v>
+        <v>570</v>
       </c>
       <c r="E269" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F269" s="12">
+        <v>159</v>
+      </c>
+      <c r="F269" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="270" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A270" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B270" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014201</v>
+        <v>571</v>
+      </c>
+      <c r="C270" t="s">
+        <v>572</v>
       </c>
       <c r="D270" t="s">
-        <v>310</v>
+        <v>573</v>
       </c>
       <c r="E270" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F270" s="12">
+        <v>574</v>
+      </c>
+      <c r="F270" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="271" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A271" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B271" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014301</v>
+        <v>575</v>
+      </c>
+      <c r="C271" t="s">
+        <v>576</v>
       </c>
       <c r="D271" t="s">
-        <v>311</v>
+        <v>577</v>
       </c>
       <c r="E271" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>578</v>
+      </c>
+      <c r="F271" s="13">
+        <v>45719</v>
       </c>
     </row>
     <row r="272" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A272" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B272" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>69557022201</v>
+        <v>575</v>
+      </c>
+      <c r="C272" t="s">
+        <v>576</v>
       </c>
       <c r="D272" t="s">
-        <v>313</v>
+        <v>577</v>
       </c>
       <c r="E272" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>578</v>
+      </c>
+      <c r="F272" s="13">
+        <v>45898</v>
       </c>
     </row>
     <row r="273" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A273" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B273" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>69866103005</v>
+        <v>575</v>
+      </c>
+      <c r="C273" t="s">
+        <v>579</v>
       </c>
       <c r="D273" t="s">
-        <v>316</v>
+        <v>580</v>
       </c>
       <c r="E273" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="F273" s="12">
+        <v>578</v>
+      </c>
+      <c r="F273" s="13">
         <v>45719</v>
       </c>
     </row>
     <row r="274" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A274" t="s">
-        <v>1296</v>
+        <v>27</v>
       </c>
       <c r="B274" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>69866103005</v>
+        <v>575</v>
+      </c>
+      <c r="C274" t="s">
+        <v>579</v>
       </c>
       <c r="D274" t="s">
-        <v>316</v>
+        <v>580</v>
       </c>
       <c r="E274" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="F274" s="12">
+        <v>578</v>
+      </c>
+      <c r="F274" s="13">
         <v>45898</v>
       </c>
     </row>
     <row r="275" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A275" t="s">
-        <v>1296</v>
+        <v>581</v>
       </c>
       <c r="B275" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>69866103008</v>
+        <v>582</v>
+      </c>
+      <c r="C275" t="s">
+        <v>583</v>
       </c>
       <c r="D275" t="s">
-        <v>318</v>
+        <v>584</v>
       </c>
       <c r="E275" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>45719</v>
+        <v>159</v>
+      </c>
+      <c r="F275" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="276" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A276" t="s">
-        <v>1296</v>
+        <v>581</v>
       </c>
       <c r="B276" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>69866103008</v>
+        <v>582</v>
+      </c>
+      <c r="C276" t="s">
+        <v>585</v>
       </c>
       <c r="D276" t="s">
-        <v>318</v>
+        <v>586</v>
       </c>
       <c r="E276" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>45898</v>
+        <v>587</v>
+      </c>
+      <c r="F276" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="277" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A277" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B277" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74969403</v>
+        <v>582</v>
+      </c>
+      <c r="C277" t="s">
+        <v>588</v>
       </c>
       <c r="D277" t="s">
-        <v>342</v>
+        <v>589</v>
       </c>
       <c r="E277" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F277" s="12">
+        <v>590</v>
+      </c>
+      <c r="F277" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="278" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A278" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B278" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>32263601</v>
+        <v>582</v>
+      </c>
+      <c r="C278" t="s">
+        <v>591</v>
       </c>
       <c r="D278" t="s">
-        <v>343</v>
+        <v>592</v>
       </c>
       <c r="E278" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="F278" s="12">
+        <v>590</v>
+      </c>
+      <c r="F278" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="279" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A279" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B279" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>32301613</v>
+        <v>582</v>
+      </c>
+      <c r="C279" t="s">
+        <v>593</v>
       </c>
       <c r="D279" t="s">
-        <v>345</v>
+        <v>594</v>
       </c>
       <c r="E279" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="F279" s="12">
+        <v>67</v>
+      </c>
+      <c r="F279" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="280" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A280" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B280" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74106501</v>
+        <v>582</v>
+      </c>
+      <c r="C280" t="s">
+        <v>595</v>
       </c>
       <c r="D280" t="s">
-        <v>346</v>
+        <v>596</v>
       </c>
       <c r="E280" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="F280" s="12">
+        <v>67</v>
+      </c>
+      <c r="F280" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="281" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A281" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B281" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74107001</v>
+        <v>582</v>
+      </c>
+      <c r="C281" t="s">
+        <v>597</v>
       </c>
       <c r="D281" t="s">
-        <v>347</v>
+        <v>598</v>
       </c>
       <c r="E281" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="F281" s="12">
+        <v>599</v>
+      </c>
+      <c r="F281" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="282" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A282" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B282" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74210001</v>
+        <v>582</v>
+      </c>
+      <c r="C282" t="s">
+        <v>600</v>
       </c>
       <c r="D282" t="s">
-        <v>348</v>
+        <v>601</v>
       </c>
       <c r="E282" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F282" s="12">
+        <v>599</v>
+      </c>
+      <c r="F282" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="283" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A283" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B283" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74105001</v>
+        <v>582</v>
+      </c>
+      <c r="C283" t="s">
+        <v>602</v>
       </c>
       <c r="D283" t="s">
-        <v>349</v>
+        <v>603</v>
       </c>
       <c r="E283" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F283" s="12">
+        <v>599</v>
+      </c>
+      <c r="F283" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="284" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A284" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B284" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74230630</v>
+        <v>582</v>
+      </c>
+      <c r="C284" t="s">
+        <v>604</v>
       </c>
       <c r="D284" t="s">
-        <v>350</v>
+        <v>605</v>
       </c>
       <c r="E284" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F284" s="12">
+        <v>31</v>
+      </c>
+      <c r="F284" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="285" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A285" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B285" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74231030</v>
+        <v>582</v>
+      </c>
+      <c r="C285" t="s">
+        <v>606</v>
       </c>
       <c r="D285" t="s">
-        <v>352</v>
+        <v>607</v>
       </c>
       <c r="E285" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F285" s="12">
+        <v>31</v>
+      </c>
+      <c r="F285" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="286" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A286" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B286" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74104328</v>
+        <v>608</v>
+      </c>
+      <c r="C286" t="s">
+        <v>609</v>
       </c>
       <c r="D286" t="s">
-        <v>353</v>
+        <v>610</v>
       </c>
       <c r="E286" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F286" s="12">
+        <v>611</v>
+      </c>
+      <c r="F286" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="287" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A287" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B287" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74057622</v>
+        <v>608</v>
+      </c>
+      <c r="C287" t="s">
+        <v>612</v>
       </c>
       <c r="D287" t="s">
-        <v>354</v>
+        <v>613</v>
       </c>
       <c r="E287" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F287" s="12">
+        <v>611</v>
+      </c>
+      <c r="F287" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="288" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A288" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B288" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>74057630</v>
+        <v>608</v>
+      </c>
+      <c r="C288" t="s">
+        <v>614</v>
       </c>
       <c r="D288" t="s">
-        <v>355</v>
+        <v>615</v>
       </c>
       <c r="E288" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F288" s="12">
+        <v>101</v>
+      </c>
+      <c r="F288" s="13">
         <v>45659</v>
       </c>
     </row>
     <row r="289" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A289" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B289" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>63090010030</v>
+        <v>616</v>
+      </c>
+      <c r="C289" t="s">
+        <v>617</v>
       </c>
       <c r="D289" t="s">
-        <v>357</v>
+        <v>618</v>
       </c>
       <c r="E289" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>619</v>
+      </c>
+      <c r="F289" s="13">
+        <v>45558</v>
       </c>
     </row>
     <row r="290" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A290" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B290" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>63090034030</v>
+        <v>620</v>
+      </c>
+      <c r="C290" t="s">
+        <v>621</v>
       </c>
       <c r="D290" t="s">
-        <v>359</v>
+        <v>622</v>
       </c>
       <c r="E290" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>623</v>
+      </c>
+      <c r="F290" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="291" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A291" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B291" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>63090066001</v>
+        <v>620</v>
+      </c>
+      <c r="C291" t="s">
+        <v>624</v>
       </c>
       <c r="D291" t="s">
-        <v>360</v>
+        <v>625</v>
       </c>
       <c r="E291" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>623</v>
+      </c>
+      <c r="F291" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="292" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A292" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B292" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>72542012401</v>
+        <v>620</v>
+      </c>
+      <c r="C292" t="s">
+        <v>626</v>
       </c>
       <c r="D292" t="s">
-        <v>362</v>
+        <v>627</v>
       </c>
       <c r="E292" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45558</v>
+        <v>623</v>
+      </c>
+      <c r="F292" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="293" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A293" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B293" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215010206</v>
+        <v>620</v>
+      </c>
+      <c r="C293" t="s">
+        <v>628</v>
       </c>
       <c r="D293" t="s">
-        <v>364</v>
+        <v>629</v>
       </c>
       <c r="E293" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F293" s="12">
+        <v>623</v>
+      </c>
+      <c r="F293" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="294" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A294" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B294" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215023256</v>
+        <v>620</v>
+      </c>
+      <c r="C294" t="s">
+        <v>630</v>
       </c>
       <c r="D294" t="s">
-        <v>366</v>
+        <v>631</v>
       </c>
       <c r="E294" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F294" s="12">
+        <v>623</v>
+      </c>
+      <c r="F294" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="295" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A295" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B295" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215050130</v>
+        <v>620</v>
+      </c>
+      <c r="C295" t="s">
+        <v>632</v>
       </c>
       <c r="D295" t="s">
-        <v>367</v>
+        <v>633</v>
       </c>
       <c r="E295" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F295" s="12">
+        <v>623</v>
+      </c>
+      <c r="F295" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="296" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A296" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B296" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215081430</v>
+        <v>620</v>
+      </c>
+      <c r="C296" t="s">
+        <v>634</v>
       </c>
       <c r="D296" t="s">
-        <v>368</v>
+        <v>635</v>
       </c>
       <c r="E296" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F296" s="12">
+        <v>623</v>
+      </c>
+      <c r="F296" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="297" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A297" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B297" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215061006</v>
+        <v>620</v>
+      </c>
+      <c r="C297" t="s">
+        <v>636</v>
       </c>
       <c r="D297" t="s">
-        <v>369</v>
+        <v>637</v>
       </c>
       <c r="E297" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F297" s="12">
+        <v>623</v>
+      </c>
+      <c r="F297" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="298" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A298" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B298" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215061206</v>
+        <v>620</v>
+      </c>
+      <c r="C298" t="s">
+        <v>638</v>
       </c>
       <c r="D298" t="s">
-        <v>370</v>
+        <v>639</v>
       </c>
       <c r="E298" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F298" s="12">
+        <v>623</v>
+      </c>
+      <c r="F298" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="299" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A299" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B299" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215061406</v>
+        <v>620</v>
+      </c>
+      <c r="C299" t="s">
+        <v>640</v>
       </c>
       <c r="D299" t="s">
-        <v>371</v>
+        <v>641</v>
       </c>
       <c r="E299" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F299" s="12">
+        <v>623</v>
+      </c>
+      <c r="F299" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="300" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A300" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B300" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215061606</v>
+        <v>620</v>
+      </c>
+      <c r="C300" t="s">
+        <v>642</v>
       </c>
       <c r="D300" t="s">
-        <v>372</v>
+        <v>643</v>
       </c>
       <c r="E300" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F300" s="12">
+        <v>623</v>
+      </c>
+      <c r="F300" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="301" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A301" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B301" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215062820</v>
+        <v>620</v>
+      </c>
+      <c r="C301" t="s">
+        <v>644</v>
       </c>
       <c r="D301" t="s">
-        <v>373</v>
+        <v>645</v>
       </c>
       <c r="E301" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F301" s="12">
+        <v>623</v>
+      </c>
+      <c r="F301" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="302" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A302" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B302" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215060214</v>
+        <v>620</v>
+      </c>
+      <c r="C302" t="s">
+        <v>646</v>
       </c>
       <c r="D302" t="s">
-        <v>374</v>
+        <v>647</v>
       </c>
       <c r="E302" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F302" s="12">
+        <v>623</v>
+      </c>
+      <c r="F302" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="303" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A303" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B303" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215060206</v>
+        <v>620</v>
+      </c>
+      <c r="C303" t="s">
+        <v>648</v>
       </c>
       <c r="D303" t="s">
-        <v>375</v>
+        <v>649</v>
       </c>
       <c r="E303" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F303" s="12">
+        <v>623</v>
+      </c>
+      <c r="F303" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="304" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A304" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B304" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215060406</v>
+        <v>650</v>
+      </c>
+      <c r="C304" t="s">
+        <v>651</v>
       </c>
       <c r="D304" t="s">
-        <v>376</v>
+        <v>652</v>
       </c>
       <c r="E304" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>653</v>
+      </c>
+      <c r="F304" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="305" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A305" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B305" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215060606</v>
+        <v>654</v>
+      </c>
+      <c r="C305" t="s">
+        <v>655</v>
       </c>
       <c r="D305" t="s">
-        <v>377</v>
+        <v>656</v>
       </c>
       <c r="E305" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>657</v>
+      </c>
+      <c r="F305" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="306" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A306" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B306" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>66215060806</v>
+        <v>654</v>
+      </c>
+      <c r="C306" t="s">
+        <v>655</v>
       </c>
       <c r="D306" t="s">
-        <v>378</v>
+        <v>656</v>
       </c>
       <c r="E306" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>657</v>
+      </c>
+      <c r="F306" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="307" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A307" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B307" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>59212068010</v>
+        <v>654</v>
+      </c>
+      <c r="C307" t="s">
+        <v>658</v>
       </c>
       <c r="D307" t="s">
-        <v>380</v>
+        <v>659</v>
       </c>
       <c r="E307" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>657</v>
+      </c>
+      <c r="F307" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="308" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A308" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B308" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>71881040012</v>
+        <v>654</v>
+      </c>
+      <c r="C308" t="s">
+        <v>658</v>
       </c>
       <c r="D308" t="s">
-        <v>383</v>
+        <v>659</v>
       </c>
       <c r="E308" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>657</v>
+      </c>
+      <c r="F308" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="309" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A309" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B309" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002010</v>
+        <v>654</v>
+      </c>
+      <c r="C309" t="s">
+        <v>660</v>
       </c>
       <c r="D309" t="s">
-        <v>385</v>
+        <v>661</v>
       </c>
       <c r="E309" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F309" s="12">
+        <v>657</v>
+      </c>
+      <c r="F309" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="310" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A310" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B310" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002010</v>
+        <v>654</v>
+      </c>
+      <c r="C310" t="s">
+        <v>660</v>
       </c>
       <c r="D310" t="s">
-        <v>385</v>
+        <v>661</v>
       </c>
       <c r="E310" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F310" s="12">
+        <v>657</v>
+      </c>
+      <c r="F310" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="311" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A311" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B311" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002015</v>
+        <v>662</v>
+      </c>
+      <c r="C311" t="s">
+        <v>663</v>
       </c>
       <c r="D311" t="s">
-        <v>387</v>
+        <v>664</v>
       </c>
       <c r="E311" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>143</v>
+      </c>
+      <c r="F311" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="312" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A312" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B312" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002015</v>
+        <v>662</v>
+      </c>
+      <c r="C312" t="s">
+        <v>665</v>
       </c>
       <c r="D312" t="s">
-        <v>387</v>
+        <v>666</v>
       </c>
       <c r="E312" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F312" s="12">
+        <v>31</v>
+      </c>
+      <c r="F312" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="313" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A313" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B313" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002030</v>
+        <v>662</v>
+      </c>
+      <c r="C313" t="s">
+        <v>667</v>
       </c>
       <c r="D313" t="s">
-        <v>388</v>
+        <v>668</v>
       </c>
       <c r="E313" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F313" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="314" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A314" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B314" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>71369002030</v>
+        <v>669</v>
+      </c>
+      <c r="C314" t="s">
+        <v>670</v>
       </c>
       <c r="D314" t="s">
-        <v>388</v>
+        <v>671</v>
       </c>
       <c r="E314" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F314" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="315" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A315" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B315" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>70727049725</v>
+        <v>669</v>
+      </c>
+      <c r="C315" t="s">
+        <v>670</v>
       </c>
       <c r="D315" t="s">
-        <v>390</v>
+        <v>671</v>
       </c>
       <c r="E315" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>143</v>
+      </c>
+      <c r="F315" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="316" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A316" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B316" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>70727049725</v>
+        <v>672</v>
+      </c>
+      <c r="C316" t="s">
+        <v>673</v>
       </c>
       <c r="D316" t="s">
-        <v>390</v>
+        <v>674</v>
       </c>
       <c r="E316" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F316" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="317" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A317" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B317" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>70727052925</v>
+        <v>672</v>
+      </c>
+      <c r="C317" t="s">
+        <v>675</v>
       </c>
       <c r="D317" t="s">
-        <v>391</v>
+        <v>676</v>
       </c>
       <c r="E317" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>143</v>
+      </c>
+      <c r="F317" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="318" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A318" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B318" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>70727052925</v>
+        <v>672</v>
+      </c>
+      <c r="C318" t="s">
+        <v>675</v>
       </c>
       <c r="D318" t="s">
-        <v>391</v>
+        <v>676</v>
       </c>
       <c r="E318" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F318" s="13">
+        <v>45470</v>
       </c>
     </row>
     <row r="319" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A319" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B319" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>25682002501</v>
+        <v>672</v>
+      </c>
+      <c r="C319" t="s">
+        <v>675</v>
       </c>
       <c r="D319" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="E319" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F319" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="320" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A320" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B320" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>310061060</v>
+        <v>672</v>
+      </c>
+      <c r="C320" t="s">
+        <v>675</v>
       </c>
       <c r="D320" t="s">
-        <v>394</v>
+        <v>676</v>
       </c>
       <c r="E320" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F320" s="13">
+        <v>45834</v>
       </c>
     </row>
     <row r="321" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A321" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B321" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>310062560</v>
+        <v>672</v>
+      </c>
+      <c r="C321" t="s">
+        <v>677</v>
       </c>
       <c r="D321" t="s">
-        <v>395</v>
+        <v>678</v>
       </c>
       <c r="E321" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F321" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="322" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A322" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B322" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>71336100101</v>
+        <v>672</v>
+      </c>
+      <c r="C322" t="s">
+        <v>679</v>
       </c>
       <c r="D322" t="s">
-        <v>397</v>
+        <v>680</v>
       </c>
       <c r="E322" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>490</v>
+      </c>
+      <c r="F322" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="323" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A323" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B323" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>71336100101</v>
+        <v>672</v>
+      </c>
+      <c r="C323" t="s">
+        <v>679</v>
       </c>
       <c r="D323" t="s">
-        <v>397</v>
+        <v>680</v>
       </c>
       <c r="E323" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>490</v>
+      </c>
+      <c r="F323" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="324" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A324" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B324" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513013760</v>
+        <v>672</v>
+      </c>
+      <c r="C324" t="s">
+        <v>681</v>
       </c>
       <c r="D324" t="s">
-        <v>399</v>
+        <v>682</v>
       </c>
       <c r="E324" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>490</v>
+      </c>
+      <c r="F324" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="325" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A325" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B325" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>73556016801</v>
+        <v>672</v>
+      </c>
+      <c r="C325" t="s">
+        <v>681</v>
       </c>
       <c r="D325" t="s">
-        <v>400</v>
+        <v>682</v>
       </c>
       <c r="E325" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>490</v>
+      </c>
+      <c r="F325" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="326" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A326" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B326" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>73556016801</v>
+        <v>672</v>
+      </c>
+      <c r="C326" t="s">
+        <v>683</v>
       </c>
       <c r="D326" t="s">
-        <v>400</v>
+        <v>684</v>
       </c>
       <c r="E326" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45470</v>
+        <v>490</v>
+      </c>
+      <c r="F326" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="327" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A327" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B327" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>73556016801</v>
+        <v>672</v>
+      </c>
+      <c r="C327" t="s">
+        <v>683</v>
       </c>
       <c r="D327" t="s">
-        <v>400</v>
+        <v>684</v>
       </c>
       <c r="E327" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F327" s="12">
+        <v>490</v>
+      </c>
+      <c r="F327" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="328" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A328" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B328" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>73556016801</v>
+        <v>672</v>
+      </c>
+      <c r="C328" t="s">
+        <v>685</v>
       </c>
       <c r="D328" t="s">
-        <v>400</v>
+        <v>686</v>
       </c>
       <c r="E328" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45834</v>
+        <v>599</v>
+      </c>
+      <c r="F328" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="329" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A329" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B329" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513016001</v>
+        <v>672</v>
+      </c>
+      <c r="C329" t="s">
+        <v>687</v>
       </c>
       <c r="D329" t="s">
-        <v>401</v>
+        <v>688</v>
       </c>
       <c r="E329" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F329" s="12">
+        <v>599</v>
+      </c>
+      <c r="F329" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="330" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A330" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B330" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987010004</v>
+        <v>672</v>
+      </c>
+      <c r="C330" t="s">
+        <v>689</v>
       </c>
       <c r="D330" t="s">
-        <v>402</v>
+        <v>690</v>
       </c>
       <c r="E330" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>599</v>
+      </c>
+      <c r="F330" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="331" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A331" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B331" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987010004</v>
+        <v>672</v>
+      </c>
+      <c r="C331" t="s">
+        <v>691</v>
       </c>
       <c r="D331" t="s">
-        <v>402</v>
+        <v>692</v>
       </c>
       <c r="E331" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="F331" s="12">
+        <v>599</v>
+      </c>
+      <c r="F331" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="332" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A332" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B332" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987010108</v>
+        <v>672</v>
+      </c>
+      <c r="C332" t="s">
+        <v>693</v>
       </c>
       <c r="D332" t="s">
-        <v>403</v>
+        <v>694</v>
       </c>
       <c r="E332" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>599</v>
+      </c>
+      <c r="F332" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="333" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A333" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B333" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987010108</v>
+        <v>672</v>
+      </c>
+      <c r="C333" t="s">
+        <v>695</v>
       </c>
       <c r="D333" t="s">
-        <v>403</v>
+        <v>696</v>
       </c>
       <c r="E333" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F333" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="334" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A334" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B334" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987014013</v>
+        <v>672</v>
+      </c>
+      <c r="C334" t="s">
+        <v>695</v>
       </c>
       <c r="D334" t="s">
-        <v>404</v>
+        <v>696</v>
       </c>
       <c r="E334" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>159</v>
+      </c>
+      <c r="F334" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="335" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A335" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B335" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987014013</v>
+        <v>672</v>
+      </c>
+      <c r="C335" t="s">
+        <v>697</v>
       </c>
       <c r="D335" t="s">
-        <v>404</v>
+        <v>698</v>
       </c>
       <c r="E335" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>517</v>
+      </c>
+      <c r="F335" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="336" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A336" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B336" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>58406005504</v>
+        <v>672</v>
+      </c>
+      <c r="C336" t="s">
+        <v>697</v>
       </c>
       <c r="D336" t="s">
-        <v>405</v>
+        <v>698</v>
       </c>
       <c r="E336" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F336" s="12">
+        <v>517</v>
+      </c>
+      <c r="F336" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="337" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A337" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B337" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>58406001004</v>
+        <v>672</v>
+      </c>
+      <c r="C337" t="s">
+        <v>699</v>
       </c>
       <c r="D337" t="s">
-        <v>406</v>
+        <v>700</v>
       </c>
       <c r="E337" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>31</v>
+      </c>
+      <c r="F337" s="13">
+        <v>45296</v>
       </c>
     </row>
     <row r="338" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A338" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B338" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>58406003204</v>
+        <v>672</v>
+      </c>
+      <c r="C338" t="s">
+        <v>699</v>
       </c>
       <c r="D338" t="s">
-        <v>407</v>
+        <v>700</v>
       </c>
       <c r="E338" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F338" s="12">
+        <v>31</v>
+      </c>
+      <c r="F338" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="339" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A339" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B339" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>58406004404</v>
+        <v>672</v>
+      </c>
+      <c r="C339" t="s">
+        <v>701</v>
       </c>
       <c r="D339" t="s">
-        <v>408</v>
+        <v>702</v>
       </c>
       <c r="E339" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F339" s="12">
+        <v>657</v>
+      </c>
+      <c r="F339" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="340" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A340" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B340" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>58406002104</v>
+        <v>672</v>
+      </c>
+      <c r="C340" t="s">
+        <v>703</v>
       </c>
       <c r="D340" t="s">
-        <v>409</v>
+        <v>704</v>
       </c>
       <c r="E340" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F340" s="12">
+        <v>657</v>
+      </c>
+      <c r="F340" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="341" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A341" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B341" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>72511076002</v>
+        <v>672</v>
+      </c>
+      <c r="C341" t="s">
+        <v>705</v>
       </c>
       <c r="D341" t="s">
-        <v>410</v>
+        <v>706</v>
       </c>
       <c r="E341" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>31</v>
+      </c>
+      <c r="F341" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="342" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A342" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B342" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>72511076002</v>
+        <v>672</v>
+      </c>
+      <c r="C342" t="s">
+        <v>707</v>
       </c>
       <c r="D342" t="s">
-        <v>410</v>
+        <v>708</v>
       </c>
       <c r="E342" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F342" s="12">
+        <v>31</v>
+      </c>
+      <c r="F342" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="343" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A343" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B343" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987005006</v>
+        <v>672</v>
+      </c>
+      <c r="C343" t="s">
+        <v>709</v>
       </c>
       <c r="D343" t="s">
-        <v>411</v>
+        <v>710</v>
       </c>
       <c r="E343" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>159</v>
+      </c>
+      <c r="F343" s="13">
+        <v>45380</v>
       </c>
     </row>
     <row r="344" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A344" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B344" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987005006</v>
+        <v>672</v>
+      </c>
+      <c r="C344" t="s">
+        <v>709</v>
       </c>
       <c r="D344" t="s">
-        <v>411</v>
+        <v>710</v>
       </c>
       <c r="E344" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F344" s="13">
+        <v>45520</v>
       </c>
     </row>
     <row r="345" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A345" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B345" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987015003</v>
+        <v>672</v>
+      </c>
+      <c r="C345" t="s">
+        <v>709</v>
       </c>
       <c r="D345" t="s">
-        <v>412</v>
+        <v>710</v>
       </c>
       <c r="E345" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>159</v>
+      </c>
+      <c r="F345" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="346" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A346" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B346" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987015003</v>
+        <v>672</v>
+      </c>
+      <c r="C346" t="s">
+        <v>709</v>
       </c>
       <c r="D346" t="s">
-        <v>412</v>
+        <v>710</v>
       </c>
       <c r="E346" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F346" s="13">
+        <v>45834</v>
       </c>
     </row>
     <row r="347" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A347" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B347" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987011111</v>
+        <v>672</v>
+      </c>
+      <c r="C347" t="s">
+        <v>711</v>
       </c>
       <c r="D347" t="s">
-        <v>413</v>
+        <v>712</v>
       </c>
       <c r="E347" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>713</v>
+      </c>
+      <c r="F347" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="348" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A348" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B348" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987011111</v>
+        <v>672</v>
+      </c>
+      <c r="C348" t="s">
+        <v>714</v>
       </c>
       <c r="D348" t="s">
-        <v>413</v>
+        <v>715</v>
       </c>
       <c r="E348" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F348" s="12">
+        <v>713</v>
+      </c>
+      <c r="F348" s="13">
         <v>45665</v>
       </c>
     </row>
     <row r="349" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A349" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B349" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513022101</v>
+        <v>716</v>
+      </c>
+      <c r="C349" t="s">
+        <v>717</v>
       </c>
       <c r="D349" t="s">
-        <v>414</v>
+        <v>718</v>
       </c>
       <c r="E349" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F349" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="350" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A350" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B350" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513022201</v>
+        <v>716</v>
+      </c>
+      <c r="C350" t="s">
+        <v>717</v>
       </c>
       <c r="D350" t="s">
-        <v>415</v>
+        <v>718</v>
       </c>
       <c r="E350" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F350" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="351" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A351" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B351" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513048824</v>
+        <v>719</v>
+      </c>
+      <c r="C351" t="s">
+        <v>720</v>
       </c>
       <c r="D351" t="s">
-        <v>416</v>
+        <v>721</v>
       </c>
       <c r="E351" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F351" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="352" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A352" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B352" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513050450</v>
+        <v>722</v>
+      </c>
+      <c r="C352" t="s">
+        <v>723</v>
       </c>
       <c r="D352" t="s">
-        <v>417</v>
+        <v>724</v>
       </c>
       <c r="E352" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>143</v>
+      </c>
+      <c r="F352" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="353" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A353" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B353" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987013015</v>
+        <v>722</v>
+      </c>
+      <c r="C353" t="s">
+        <v>723</v>
       </c>
       <c r="D353" t="s">
-        <v>418</v>
+        <v>724</v>
       </c>
       <c r="E353" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45380</v>
+        <v>143</v>
+      </c>
+      <c r="F353" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="354" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A354" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B354" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987013015</v>
+        <v>725</v>
+      </c>
+      <c r="C354" t="s">
+        <v>726</v>
       </c>
       <c r="D354" t="s">
-        <v>418</v>
+        <v>727</v>
       </c>
       <c r="E354" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45520</v>
+        <v>517</v>
+      </c>
+      <c r="F354" s="13">
+        <v>45359</v>
       </c>
     </row>
     <row r="355" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A355" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B355" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987013015</v>
+        <v>725</v>
+      </c>
+      <c r="C355" t="s">
+        <v>728</v>
       </c>
       <c r="D355" t="s">
-        <v>418</v>
+        <v>729</v>
       </c>
       <c r="E355" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>517</v>
+      </c>
+      <c r="F355" s="13">
+        <v>45628</v>
       </c>
     </row>
     <row r="356" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A356" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B356" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>75987013015</v>
+        <v>730</v>
+      </c>
+      <c r="C356" t="s">
+        <v>731</v>
       </c>
       <c r="D356" t="s">
-        <v>418</v>
+        <v>732</v>
       </c>
       <c r="E356" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45834</v>
+        <v>31</v>
+      </c>
+      <c r="F356" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="357" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A357" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B357" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513012301</v>
+        <v>730</v>
+      </c>
+      <c r="C357" t="s">
+        <v>731</v>
       </c>
       <c r="D357" t="s">
-        <v>419</v>
+        <v>732</v>
       </c>
       <c r="E357" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>31</v>
+      </c>
+      <c r="F357" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="358" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A358" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B358" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>55513011201</v>
+        <v>730</v>
+      </c>
+      <c r="C358" t="s">
+        <v>733</v>
       </c>
       <c r="D358" t="s">
-        <v>420</v>
+        <v>734</v>
       </c>
       <c r="E358" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>31</v>
+      </c>
+      <c r="F358" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="359" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A359" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B359" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>71904010001</v>
+        <v>730</v>
+      </c>
+      <c r="C359" t="s">
+        <v>733</v>
       </c>
       <c r="D359" t="s">
-        <v>422</v>
+        <v>734</v>
       </c>
       <c r="E359" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F359" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="360" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A360" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B360" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>71904010001</v>
+        <v>730</v>
+      </c>
+      <c r="C360" t="s">
+        <v>735</v>
       </c>
       <c r="D360" t="s">
-        <v>422</v>
+        <v>736</v>
       </c>
       <c r="E360" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F360" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="361" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A361" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B361" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>62559086015</v>
+        <v>730</v>
+      </c>
+      <c r="C361" t="s">
+        <v>735</v>
       </c>
       <c r="D361" t="s">
-        <v>424</v>
+        <v>736</v>
       </c>
       <c r="E361" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F361" s="12">
+        <v>31</v>
+      </c>
+      <c r="F361" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="362" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A362" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B362" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>73606001001</v>
+        <v>737</v>
+      </c>
+      <c r="C362" t="s">
+        <v>738</v>
       </c>
       <c r="D362" t="s">
-        <v>426</v>
+        <v>739</v>
       </c>
       <c r="E362" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F362" s="12">
+        <v>159</v>
+      </c>
+      <c r="F362" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="363" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A363" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B363" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>73606001001</v>
+        <v>737</v>
+      </c>
+      <c r="C363" t="s">
+        <v>738</v>
       </c>
       <c r="D363" t="s">
-        <v>426</v>
+        <v>739</v>
       </c>
       <c r="E363" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F363" s="12">
+        <v>159</v>
+      </c>
+      <c r="F363" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="364" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A364" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B364" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>73154005060</v>
+        <v>737</v>
+      </c>
+      <c r="C364" t="s">
+        <v>740</v>
       </c>
       <c r="D364" t="s">
-        <v>428</v>
+        <v>741</v>
       </c>
       <c r="E364" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="F364" s="12">
+        <v>159</v>
+      </c>
+      <c r="F364" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="365" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A365" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B365" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>73154005060</v>
+        <v>737</v>
+      </c>
+      <c r="C365" t="s">
+        <v>740</v>
       </c>
       <c r="D365" t="s">
-        <v>428</v>
+        <v>741</v>
       </c>
       <c r="E365" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="F365" s="12">
+        <v>159</v>
+      </c>
+      <c r="F365" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="366" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A366" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B366" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>73475304105</v>
+        <v>737</v>
+      </c>
+      <c r="C366" t="s">
+        <v>742</v>
       </c>
       <c r="D366" t="s">
-        <v>430</v>
+        <v>743</v>
       </c>
       <c r="E366" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45359</v>
+        <v>159</v>
+      </c>
+      <c r="F366" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="367" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A367" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B367" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>73475310203</v>
+        <v>737</v>
+      </c>
+      <c r="C367" t="s">
+        <v>742</v>
       </c>
       <c r="D367" t="s">
-        <v>431</v>
+        <v>743</v>
       </c>
       <c r="E367" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45628</v>
+        <v>159</v>
+      </c>
+      <c r="F367" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="368" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A368" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B368" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255001002</v>
+        <v>737</v>
+      </c>
+      <c r="C368" t="s">
+        <v>744</v>
       </c>
       <c r="D368" t="s">
-        <v>433</v>
+        <v>745</v>
       </c>
       <c r="E368" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F368" s="12">
+        <v>159</v>
+      </c>
+      <c r="F368" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="369" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A369" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B369" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255001002</v>
+        <v>737</v>
+      </c>
+      <c r="C369" t="s">
+        <v>744</v>
       </c>
       <c r="D369" t="s">
-        <v>433</v>
+        <v>745</v>
       </c>
       <c r="E369" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F369" s="12">
+        <v>159</v>
+      </c>
+      <c r="F369" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="370" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A370" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B370" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255002503</v>
+        <v>737</v>
+      </c>
+      <c r="C370" t="s">
+        <v>746</v>
       </c>
       <c r="D370" t="s">
-        <v>434</v>
+        <v>747</v>
       </c>
       <c r="E370" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F370" s="12">
+        <v>159</v>
+      </c>
+      <c r="F370" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="371" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A371" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B371" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255002503</v>
+        <v>737</v>
+      </c>
+      <c r="C371" t="s">
+        <v>746</v>
       </c>
       <c r="D371" t="s">
-        <v>434</v>
+        <v>747</v>
       </c>
       <c r="E371" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F371" s="12">
+        <v>159</v>
+      </c>
+      <c r="F371" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="372" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A372" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B372" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255002501</v>
+        <v>748</v>
+      </c>
+      <c r="C372" t="s">
+        <v>749</v>
       </c>
       <c r="D372" t="s">
-        <v>435</v>
+        <v>750</v>
       </c>
       <c r="E372" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F372" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="373" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A373" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B373" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>70255002501</v>
+        <v>748</v>
+      </c>
+      <c r="C373" t="s">
+        <v>751</v>
       </c>
       <c r="D373" t="s">
-        <v>435</v>
+        <v>752</v>
       </c>
       <c r="E373" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F373" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="374" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A374" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B374" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362001001</v>
+        <v>748</v>
+      </c>
+      <c r="C374" t="s">
+        <v>753</v>
       </c>
       <c r="D374" t="s">
-        <v>437</v>
+        <v>754</v>
       </c>
       <c r="E374" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F374" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="375" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A375" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B375" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362001001</v>
+        <v>748</v>
+      </c>
+      <c r="C375" t="s">
+        <v>755</v>
       </c>
       <c r="D375" t="s">
-        <v>437</v>
+        <v>756</v>
       </c>
       <c r="E375" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F375" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="376" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A376" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B376" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362001101</v>
+        <v>748</v>
+      </c>
+      <c r="C376" t="s">
+        <v>757</v>
       </c>
       <c r="D376" t="s">
-        <v>438</v>
+        <v>758</v>
       </c>
       <c r="E376" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>544</v>
+      </c>
+      <c r="F376" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="377" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A377" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B377" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362001101</v>
+        <v>759</v>
+      </c>
+      <c r="C377" t="s">
+        <v>760</v>
       </c>
       <c r="D377" t="s">
-        <v>438</v>
+        <v>761</v>
       </c>
       <c r="E377" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F377" s="12">
+        <v>31</v>
+      </c>
+      <c r="F377" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="378" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A378" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B378" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000301</v>
+        <v>759</v>
+      </c>
+      <c r="C378" t="s">
+        <v>762</v>
       </c>
       <c r="D378" t="s">
-        <v>439</v>
+        <v>763</v>
       </c>
       <c r="E378" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F378" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="379" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A379" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B379" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000301</v>
+        <v>759</v>
+      </c>
+      <c r="C379" t="s">
+        <v>764</v>
       </c>
       <c r="D379" t="s">
-        <v>439</v>
+        <v>765</v>
       </c>
       <c r="E379" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F379" s="12">
+        <v>619</v>
+      </c>
+      <c r="F379" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="380" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A380" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B380" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000401</v>
+        <v>759</v>
+      </c>
+      <c r="C380" t="s">
+        <v>766</v>
       </c>
       <c r="D380" t="s">
-        <v>440</v>
+        <v>767</v>
       </c>
       <c r="E380" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F380" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="381" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A381" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B381" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000401</v>
+        <v>759</v>
+      </c>
+      <c r="C381" t="s">
+        <v>768</v>
       </c>
       <c r="D381" t="s">
-        <v>440</v>
+        <v>769</v>
       </c>
       <c r="E381" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F381" s="12">
+        <v>31</v>
+      </c>
+      <c r="F381" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="382" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A382" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B382" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000601</v>
+        <v>759</v>
+      </c>
+      <c r="C382" t="s">
+        <v>770</v>
       </c>
       <c r="D382" t="s">
-        <v>441</v>
+        <v>771</v>
       </c>
       <c r="E382" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F382" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="383" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A383" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B383" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000601</v>
+        <v>759</v>
+      </c>
+      <c r="C383" t="s">
+        <v>772</v>
       </c>
       <c r="D383" t="s">
-        <v>441</v>
+        <v>773</v>
       </c>
       <c r="E383" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F383" s="12">
+        <v>31</v>
+      </c>
+      <c r="F383" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="384" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A384" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B384" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000701</v>
+        <v>759</v>
+      </c>
+      <c r="C384" t="s">
+        <v>774</v>
       </c>
       <c r="D384" t="s">
-        <v>442</v>
+        <v>775</v>
       </c>
       <c r="E384" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F384" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="385" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A385" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B385" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000701</v>
+        <v>759</v>
+      </c>
+      <c r="C385" t="s">
+        <v>776</v>
       </c>
       <c r="D385" t="s">
-        <v>442</v>
+        <v>777</v>
       </c>
       <c r="E385" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F385" s="12">
+        <v>31</v>
+      </c>
+      <c r="F385" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="386" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A386" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B386" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000801</v>
+        <v>778</v>
+      </c>
+      <c r="C386" t="s">
+        <v>779</v>
       </c>
       <c r="D386" t="s">
-        <v>443</v>
+        <v>780</v>
       </c>
       <c r="E386" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F386" s="12">
+        <v>517</v>
+      </c>
+      <c r="F386" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="387" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A387" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B387" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000801</v>
+        <v>778</v>
+      </c>
+      <c r="C387" t="s">
+        <v>781</v>
       </c>
       <c r="D387" t="s">
-        <v>443</v>
+        <v>780</v>
       </c>
       <c r="E387" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F387" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="388" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A388" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B388" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000901</v>
+        <v>778</v>
+      </c>
+      <c r="C388" t="s">
+        <v>779</v>
       </c>
       <c r="D388" t="s">
-        <v>444</v>
+        <v>780</v>
       </c>
       <c r="E388" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F388" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="389" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A389" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B389" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>73362000901</v>
+        <v>778</v>
+      </c>
+      <c r="C389" t="s">
+        <v>781</v>
       </c>
       <c r="D389" t="s">
-        <v>444</v>
+        <v>780</v>
       </c>
       <c r="E389" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F389" s="12">
+        <v>517</v>
+      </c>
+      <c r="F389" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="390" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A390" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B390" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>469012599</v>
+        <v>782</v>
+      </c>
+      <c r="C390" t="s">
+        <v>783</v>
       </c>
       <c r="D390" t="s">
-        <v>446</v>
+        <v>784</v>
       </c>
       <c r="E390" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45670</v>
+        <v>619</v>
+      </c>
+      <c r="F390" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="391" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A391" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B391" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>469062599</v>
+        <v>782</v>
+      </c>
+      <c r="C391" t="s">
+        <v>785</v>
       </c>
       <c r="D391" t="s">
-        <v>447</v>
+        <v>786</v>
       </c>
       <c r="E391" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45670</v>
+        <v>619</v>
+      </c>
+      <c r="F391" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="392" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A392" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B392" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>469072560</v>
+        <v>787</v>
+      </c>
+      <c r="C392" t="s">
+        <v>788</v>
       </c>
       <c r="D392" t="s">
-        <v>448</v>
+        <v>789</v>
       </c>
       <c r="E392" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45670</v>
+        <v>31</v>
+      </c>
+      <c r="F392" s="13">
+        <v>45313</v>
       </c>
     </row>
     <row r="393" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A393" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B393" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>469142590</v>
+        <v>787</v>
+      </c>
+      <c r="C393" t="s">
+        <v>788</v>
       </c>
       <c r="D393" t="s">
-        <v>449</v>
+        <v>789</v>
       </c>
       <c r="E393" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45670</v>
+        <v>31</v>
+      </c>
+      <c r="F393" s="13">
+        <v>45495</v>
       </c>
     </row>
     <row r="394" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A394" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B394" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>469052002</v>
+        <v>787</v>
+      </c>
+      <c r="C394" t="s">
+        <v>788</v>
       </c>
       <c r="D394" t="s">
-        <v>450</v>
+        <v>789</v>
       </c>
       <c r="E394" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>45670</v>
+        <v>31</v>
+      </c>
+      <c r="F394" s="13">
+        <v>45684</v>
       </c>
     </row>
     <row r="395" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A395" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B395" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310351260</v>
+        <v>787</v>
+      </c>
+      <c r="C395" t="s">
+        <v>790</v>
       </c>
       <c r="D395" t="s">
-        <v>452</v>
+        <v>791</v>
       </c>
       <c r="E395" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F395" s="13">
+        <v>45313</v>
       </c>
     </row>
     <row r="396" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A396" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B396" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310183030</v>
+        <v>787</v>
+      </c>
+      <c r="C396" t="s">
+        <v>790</v>
       </c>
       <c r="D396" t="s">
-        <v>453</v>
+        <v>791</v>
       </c>
       <c r="E396" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F396" s="13">
+        <v>45495</v>
       </c>
     </row>
     <row r="397" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A397" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B397" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310950101</v>
+        <v>787</v>
+      </c>
+      <c r="C397" t="s">
+        <v>790</v>
       </c>
       <c r="D397" t="s">
-        <v>454</v>
+        <v>791</v>
       </c>
       <c r="E397" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F397" s="13">
+        <v>45684</v>
       </c>
     </row>
     <row r="398" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A398" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B398" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310940001</v>
+        <v>792</v>
+      </c>
+      <c r="C398" t="s">
+        <v>793</v>
       </c>
       <c r="D398" t="s">
-        <v>455</v>
+        <v>794</v>
       </c>
       <c r="E398" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="F398" s="12">
+        <v>159</v>
+      </c>
+      <c r="F398" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="399" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A399" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B399" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310066812</v>
+        <v>77</v>
+      </c>
+      <c r="C399" t="s">
+        <v>795</v>
       </c>
       <c r="D399" t="s">
-        <v>456</v>
+        <v>796</v>
       </c>
       <c r="E399" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F399" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="400" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A400" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B400" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310066860</v>
+        <v>77</v>
+      </c>
+      <c r="C400" t="s">
+        <v>795</v>
       </c>
       <c r="D400" t="s">
-        <v>457</v>
+        <v>796</v>
       </c>
       <c r="E400" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F400" s="12">
+        <v>599</v>
+      </c>
+      <c r="F400" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="401" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A401" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B401" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310067912</v>
+        <v>77</v>
+      </c>
+      <c r="C401" t="s">
+        <v>797</v>
       </c>
       <c r="D401" t="s">
-        <v>458</v>
+        <v>798</v>
       </c>
       <c r="E401" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F401" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="402" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A402" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B402" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310067960</v>
+        <v>77</v>
+      </c>
+      <c r="C402" t="s">
+        <v>797</v>
       </c>
       <c r="D402" t="s">
-        <v>459</v>
+        <v>798</v>
       </c>
       <c r="E402" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F402" s="12">
+        <v>599</v>
+      </c>
+      <c r="F402" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="403" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A403" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B403" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310134930</v>
+        <v>77</v>
+      </c>
+      <c r="C403" t="s">
+        <v>799</v>
       </c>
       <c r="D403" t="s">
-        <v>460</v>
+        <v>800</v>
       </c>
       <c r="E403" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F403" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="404" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A404" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B404" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>310135030</v>
+        <v>77</v>
+      </c>
+      <c r="C404" t="s">
+        <v>799</v>
       </c>
       <c r="D404" t="s">
-        <v>461</v>
+        <v>800</v>
       </c>
       <c r="E404" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F404" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="405" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A405" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B405" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>75626000101</v>
+        <v>77</v>
+      </c>
+      <c r="C405" t="s">
+        <v>799</v>
       </c>
       <c r="D405" t="s">
-        <v>463</v>
+        <v>800</v>
       </c>
       <c r="E405" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>599</v>
+      </c>
+      <c r="F405" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="406" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A406" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B406" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>75626000102</v>
+        <v>77</v>
+      </c>
+      <c r="C406" t="s">
+        <v>799</v>
       </c>
       <c r="D406" t="s">
-        <v>463</v>
+        <v>800</v>
       </c>
       <c r="E406" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>599</v>
+      </c>
+      <c r="F406" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="407" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A407" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B407" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>75626000101</v>
+        <v>77</v>
+      </c>
+      <c r="C407" t="s">
+        <v>801</v>
       </c>
       <c r="D407" t="s">
-        <v>463</v>
+        <v>802</v>
       </c>
       <c r="E407" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F407" s="12">
+        <v>31</v>
+      </c>
+      <c r="F407" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="408" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A408" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B408" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>75626000102</v>
+        <v>77</v>
+      </c>
+      <c r="C408" t="s">
+        <v>803</v>
       </c>
       <c r="D408" t="s">
-        <v>463</v>
+        <v>804</v>
       </c>
       <c r="E408" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="F408" s="12">
+        <v>31</v>
+      </c>
+      <c r="F408" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="409" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A409" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B409" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>13551000130</v>
+        <v>77</v>
+      </c>
+      <c r="C409" t="s">
+        <v>805</v>
       </c>
       <c r="D409" t="s">
-        <v>465</v>
+        <v>806</v>
       </c>
       <c r="E409" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F409" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="410" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A410" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B410" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>13551000430</v>
+        <v>77</v>
+      </c>
+      <c r="C410" t="s">
+        <v>807</v>
       </c>
       <c r="D410" t="s">
-        <v>466</v>
+        <v>808</v>
       </c>
       <c r="E410" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F410" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="411" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A411" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B411" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629008901</v>
+        <v>77</v>
+      </c>
+      <c r="C411" t="s">
+        <v>809</v>
       </c>
       <c r="D411" t="s">
-        <v>468</v>
+        <v>810</v>
       </c>
       <c r="E411" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45313</v>
+        <v>31</v>
+      </c>
+      <c r="F411" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="412" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A412" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B412" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629008901</v>
+        <v>77</v>
+      </c>
+      <c r="C412" t="s">
+        <v>811</v>
       </c>
       <c r="D412" t="s">
-        <v>468</v>
+        <v>812</v>
       </c>
       <c r="E412" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45495</v>
+        <v>31</v>
+      </c>
+      <c r="F412" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="413" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A413" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B413" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629008901</v>
+        <v>77</v>
+      </c>
+      <c r="C413" t="s">
+        <v>813</v>
       </c>
       <c r="D413" t="s">
-        <v>468</v>
+        <v>814</v>
       </c>
       <c r="E413" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45684</v>
+        <v>31</v>
+      </c>
+      <c r="F413" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="414" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A414" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B414" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629013401</v>
+        <v>77</v>
+      </c>
+      <c r="C414" t="s">
+        <v>815</v>
       </c>
       <c r="D414" t="s">
-        <v>469</v>
+        <v>816</v>
       </c>
       <c r="E414" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45313</v>
+        <v>31</v>
+      </c>
+      <c r="F414" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="415" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A415" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B415" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629013401</v>
+        <v>77</v>
+      </c>
+      <c r="C415" t="s">
+        <v>817</v>
       </c>
       <c r="D415" t="s">
-        <v>469</v>
+        <v>818</v>
       </c>
       <c r="E415" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45495</v>
+        <v>67</v>
+      </c>
+      <c r="F415" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="416" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A416" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B416" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>45629013401</v>
+        <v>77</v>
+      </c>
+      <c r="C416" t="s">
+        <v>817</v>
       </c>
       <c r="D416" t="s">
-        <v>469</v>
+        <v>818</v>
       </c>
       <c r="E416" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45684</v>
+        <v>67</v>
+      </c>
+      <c r="F416" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="417" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A417" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B417" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>81968035101</v>
+        <v>77</v>
+      </c>
+      <c r="C417" t="s">
+        <v>819</v>
       </c>
       <c r="D417" t="s">
-        <v>471</v>
+        <v>820</v>
       </c>
       <c r="E417" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F417" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="418" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A418" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B418" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>81968035101</v>
+        <v>77</v>
+      </c>
+      <c r="C418" t="s">
+        <v>821</v>
       </c>
       <c r="D418" t="s">
-        <v>471</v>
+        <v>822</v>
       </c>
       <c r="E418" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="F418" s="12">
+        <v>31</v>
+      </c>
+      <c r="F418" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="419" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A419" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B419" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>81968035001</v>
+        <v>77</v>
+      </c>
+      <c r="C419" t="s">
+        <v>823</v>
       </c>
       <c r="D419" t="s">
-        <v>473</v>
+        <v>824</v>
       </c>
       <c r="E419" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F419" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="420" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A420" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B420" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>81968035001</v>
+        <v>77</v>
+      </c>
+      <c r="C420" t="s">
+        <v>825</v>
       </c>
       <c r="D420" t="s">
-        <v>473</v>
+        <v>826</v>
       </c>
       <c r="E420" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F420" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="421" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A421" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B421" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>24338015020</v>
+        <v>77</v>
+      </c>
+      <c r="C421" t="s">
+        <v>827</v>
       </c>
       <c r="D421" t="s">
-        <v>475</v>
+        <v>828</v>
       </c>
       <c r="E421" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F421" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="422" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A422" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B422" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218851</v>
+        <v>77</v>
+      </c>
+      <c r="C422" t="s">
+        <v>829</v>
       </c>
       <c r="D422" t="s">
-        <v>476</v>
+        <v>830</v>
       </c>
       <c r="E422" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F422" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="423" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A423" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B423" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218851</v>
+        <v>77</v>
+      </c>
+      <c r="C423" t="s">
+        <v>831</v>
       </c>
       <c r="D423" t="s">
-        <v>476</v>
+        <v>832</v>
       </c>
       <c r="E423" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F423" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="424" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A424" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B424" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218811</v>
+        <v>77</v>
+      </c>
+      <c r="C424" t="s">
+        <v>833</v>
       </c>
       <c r="D424" t="s">
-        <v>477</v>
+        <v>834</v>
       </c>
       <c r="E424" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F424" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="425" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A425" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B425" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218811</v>
+        <v>77</v>
+      </c>
+      <c r="C425" t="s">
+        <v>835</v>
       </c>
       <c r="D425" t="s">
-        <v>477</v>
+        <v>836</v>
       </c>
       <c r="E425" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F425" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="426" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A426" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B426" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218713</v>
+        <v>77</v>
+      </c>
+      <c r="C426" t="s">
+        <v>837</v>
       </c>
       <c r="D426" t="s">
-        <v>478</v>
+        <v>838</v>
       </c>
       <c r="E426" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F426" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="427" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A427" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B427" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218713</v>
+        <v>77</v>
+      </c>
+      <c r="C427" t="s">
+        <v>839</v>
       </c>
       <c r="D427" t="s">
-        <v>478</v>
+        <v>840</v>
       </c>
       <c r="E427" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="F427" s="12">
+        <v>517</v>
+      </c>
+      <c r="F427" s="13">
         <v>45474</v>
       </c>
     </row>
     <row r="428" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A428" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B428" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218713</v>
+        <v>77</v>
+      </c>
+      <c r="C428" t="s">
+        <v>841</v>
       </c>
       <c r="D428" t="s">
-        <v>478</v>
+        <v>842</v>
       </c>
       <c r="E428" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F428" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="429" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A429" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B429" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3218713</v>
+        <v>77</v>
+      </c>
+      <c r="C429" t="s">
+        <v>843</v>
       </c>
       <c r="D429" t="s">
-        <v>478</v>
+        <v>844</v>
       </c>
       <c r="E429" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>517</v>
+      </c>
+      <c r="F429" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="430" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A430" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B430" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3281411</v>
+        <v>77</v>
+      </c>
+      <c r="C430" t="s">
+        <v>845</v>
       </c>
       <c r="D430" t="s">
-        <v>479</v>
+        <v>846</v>
       </c>
       <c r="E430" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F430" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="431" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A431" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B431" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3281411</v>
+        <v>77</v>
+      </c>
+      <c r="C431" t="s">
+        <v>847</v>
       </c>
       <c r="D431" t="s">
-        <v>479</v>
+        <v>848</v>
       </c>
       <c r="E431" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>623</v>
+      </c>
+      <c r="F431" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="432" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A432" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B432" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3281811</v>
+        <v>77</v>
+      </c>
+      <c r="C432" t="s">
+        <v>847</v>
       </c>
       <c r="D432" t="s">
-        <v>480</v>
+        <v>848</v>
       </c>
       <c r="E432" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F432" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="433" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A433" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B433" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3281811</v>
+        <v>77</v>
+      </c>
+      <c r="C433" t="s">
+        <v>849</v>
       </c>
       <c r="D433" t="s">
-        <v>480</v>
+        <v>850</v>
       </c>
       <c r="E433" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>623</v>
+      </c>
+      <c r="F433" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="434" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A434" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B434" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089321</v>
+        <v>77</v>
+      </c>
+      <c r="C434" t="s">
+        <v>849</v>
       </c>
       <c r="D434" t="s">
-        <v>481</v>
+        <v>850</v>
       </c>
       <c r="E434" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F434" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="435" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A435" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B435" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089321</v>
+        <v>77</v>
+      </c>
+      <c r="C435" t="s">
+        <v>851</v>
       </c>
       <c r="D435" t="s">
-        <v>481</v>
+        <v>852</v>
       </c>
       <c r="E435" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>623</v>
+      </c>
+      <c r="F435" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="436" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A436" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B436" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089431</v>
+        <v>77</v>
+      </c>
+      <c r="C436" t="s">
+        <v>851</v>
       </c>
       <c r="D436" t="s">
-        <v>482</v>
+        <v>852</v>
       </c>
       <c r="E436" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F436" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="437" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A437" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B437" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089431</v>
+        <v>77</v>
+      </c>
+      <c r="C437" t="s">
+        <v>853</v>
       </c>
       <c r="D437" t="s">
-        <v>482</v>
+        <v>854</v>
       </c>
       <c r="E437" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>623</v>
+      </c>
+      <c r="F437" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="438" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A438" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B438" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089421</v>
+        <v>77</v>
+      </c>
+      <c r="C438" t="s">
+        <v>853</v>
       </c>
       <c r="D438" t="s">
-        <v>483</v>
+        <v>854</v>
       </c>
       <c r="E438" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F438" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="439" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A439" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B439" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089421</v>
+        <v>77</v>
+      </c>
+      <c r="C439" t="s">
+        <v>855</v>
       </c>
       <c r="D439" t="s">
-        <v>483</v>
+        <v>856</v>
       </c>
       <c r="E439" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="F439" s="12">
+        <v>619</v>
+      </c>
+      <c r="F439" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="440" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A440" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B440" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572073007</v>
+        <v>77</v>
+      </c>
+      <c r="C440" t="s">
+        <v>857</v>
       </c>
       <c r="D440" t="s">
-        <v>484</v>
+        <v>858</v>
       </c>
       <c r="E440" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F440" s="12">
+        <v>31</v>
+      </c>
+      <c r="F440" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="441" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A441" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B441" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572074007</v>
+        <v>77</v>
+      </c>
+      <c r="C441" t="s">
+        <v>859</v>
       </c>
       <c r="D441" t="s">
-        <v>485</v>
+        <v>860</v>
       </c>
       <c r="E441" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F441" s="12">
+        <v>31</v>
+      </c>
+      <c r="F441" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="442" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A442" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B442" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3085222</v>
+        <v>77</v>
+      </c>
+      <c r="C442" t="s">
+        <v>861</v>
       </c>
       <c r="D442" t="s">
-        <v>486</v>
+        <v>862</v>
       </c>
       <c r="E442" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F442" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="443" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A443" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B443" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3085722</v>
+        <v>77</v>
+      </c>
+      <c r="C443" t="s">
+        <v>863</v>
       </c>
       <c r="D443" t="s">
-        <v>487</v>
+        <v>864</v>
       </c>
       <c r="E443" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F443" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="444" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A444" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B444" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3052711</v>
+        <v>77</v>
+      </c>
+      <c r="C444" t="s">
+        <v>865</v>
       </c>
       <c r="D444" t="s">
-        <v>488</v>
+        <v>866</v>
       </c>
       <c r="E444" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F444" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="445" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A445" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B445" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3052811</v>
+        <v>77</v>
+      </c>
+      <c r="C445" t="s">
+        <v>867</v>
       </c>
       <c r="D445" t="s">
-        <v>489</v>
+        <v>868</v>
       </c>
       <c r="E445" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F445" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="446" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A446" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B446" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3052411</v>
+        <v>77</v>
+      </c>
+      <c r="C446" t="s">
+        <v>869</v>
       </c>
       <c r="D446" t="s">
-        <v>490</v>
+        <v>870</v>
       </c>
       <c r="E446" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F446" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="447" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A447" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B447" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3085522</v>
+        <v>77</v>
+      </c>
+      <c r="C447" t="s">
+        <v>871</v>
       </c>
       <c r="D447" t="s">
-        <v>491</v>
+        <v>872</v>
       </c>
       <c r="E447" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F447" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="448" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A448" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B448" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089511</v>
+        <v>873</v>
+      </c>
+      <c r="C448" t="s">
+        <v>874</v>
       </c>
       <c r="D448" t="s">
-        <v>492</v>
+        <v>875</v>
       </c>
       <c r="E448" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>876</v>
+      </c>
+      <c r="F448" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="449" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A449" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B449" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3089511</v>
+        <v>873</v>
+      </c>
+      <c r="C449" t="s">
+        <v>877</v>
       </c>
       <c r="D449" t="s">
-        <v>492</v>
+        <v>878</v>
       </c>
       <c r="E449" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F449" s="12">
+        <v>876</v>
+      </c>
+      <c r="F449" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="450" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A450" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B450" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572071030</v>
+        <v>873</v>
+      </c>
+      <c r="C450" t="s">
+        <v>879</v>
       </c>
       <c r="D450" t="s">
-        <v>493</v>
+        <v>880</v>
       </c>
       <c r="E450" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F450" s="12">
+        <v>342</v>
+      </c>
+      <c r="F450" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="451" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A451" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B451" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572070530</v>
+        <v>873</v>
+      </c>
+      <c r="C451" t="s">
+        <v>881</v>
       </c>
       <c r="D451" t="s">
-        <v>494</v>
+        <v>882</v>
       </c>
       <c r="E451" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F451" s="12">
+        <v>342</v>
+      </c>
+      <c r="F451" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="452" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A452" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B452" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572072012</v>
+        <v>873</v>
+      </c>
+      <c r="C452" t="s">
+        <v>883</v>
       </c>
       <c r="D452" t="s">
-        <v>495</v>
+        <v>884</v>
       </c>
       <c r="E452" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F452" s="12">
+        <v>653</v>
+      </c>
+      <c r="F452" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="453" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A453" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B453" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572041000</v>
+        <v>873</v>
+      </c>
+      <c r="C453" t="s">
+        <v>885</v>
       </c>
       <c r="D453" t="s">
-        <v>496</v>
+        <v>886</v>
       </c>
       <c r="E453" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>88</v>
+      </c>
+      <c r="F453" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="454" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A454" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B454" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572041028</v>
+        <v>887</v>
+      </c>
+      <c r="C454" t="s">
+        <v>888</v>
       </c>
       <c r="D454" t="s">
-        <v>497</v>
+        <v>889</v>
       </c>
       <c r="E454" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F454" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="455" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A455" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B455" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572041500</v>
+        <v>887</v>
+      </c>
+      <c r="C455" t="s">
+        <v>891</v>
       </c>
       <c r="D455" t="s">
-        <v>498</v>
+        <v>892</v>
       </c>
       <c r="E455" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F455" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="456" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A456" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B456" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572041521</v>
+        <v>887</v>
+      </c>
+      <c r="C456" t="s">
+        <v>893</v>
       </c>
       <c r="D456" t="s">
-        <v>499</v>
+        <v>894</v>
       </c>
       <c r="E456" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F456" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="457" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A457" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B457" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572040200</v>
+        <v>887</v>
+      </c>
+      <c r="C457" t="s">
+        <v>895</v>
       </c>
       <c r="D457" t="s">
-        <v>500</v>
+        <v>896</v>
       </c>
       <c r="E457" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F457" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="458" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A458" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B458" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572040228</v>
+        <v>887</v>
+      </c>
+      <c r="C458" t="s">
+        <v>897</v>
       </c>
       <c r="D458" t="s">
-        <v>501</v>
+        <v>898</v>
       </c>
       <c r="E458" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F458" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="459" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A459" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B459" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572042021</v>
+        <v>887</v>
+      </c>
+      <c r="C459" t="s">
+        <v>899</v>
       </c>
       <c r="D459" t="s">
-        <v>502</v>
+        <v>900</v>
       </c>
       <c r="E459" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F459" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="460" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A460" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B460" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572042500</v>
+        <v>901</v>
+      </c>
+      <c r="C460" t="s">
+        <v>902</v>
       </c>
       <c r="D460" t="s">
-        <v>503</v>
+        <v>903</v>
       </c>
       <c r="E460" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F460" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="461" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A461" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B461" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572042521</v>
+        <v>901</v>
+      </c>
+      <c r="C461" t="s">
+        <v>904</v>
       </c>
       <c r="D461" t="s">
-        <v>504</v>
+        <v>905</v>
       </c>
       <c r="E461" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>619</v>
+      </c>
+      <c r="F461" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="462" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A462" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B462" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572040500</v>
+        <v>901</v>
+      </c>
+      <c r="C462" t="s">
+        <v>906</v>
       </c>
       <c r="D462" t="s">
-        <v>505</v>
+        <v>907</v>
       </c>
       <c r="E462" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F462" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="463" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A463" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B463" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572040528</v>
+        <v>901</v>
+      </c>
+      <c r="C463" t="s">
+        <v>908</v>
       </c>
       <c r="D463" t="s">
-        <v>506</v>
+        <v>909</v>
       </c>
       <c r="E463" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F463" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="464" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A464" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B464" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011311</v>
+        <v>901</v>
+      </c>
+      <c r="C464" t="s">
+        <v>910</v>
       </c>
       <c r="D464" t="s">
-        <v>507</v>
+        <v>911</v>
       </c>
       <c r="E464" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F464" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="465" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A465" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B465" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011311</v>
+        <v>901</v>
+      </c>
+      <c r="C465" t="s">
+        <v>912</v>
       </c>
       <c r="D465" t="s">
-        <v>507</v>
+        <v>913</v>
       </c>
       <c r="E465" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F465" s="12">
+        <v>623</v>
+      </c>
+      <c r="F465" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="466" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A466" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B466" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011411</v>
+        <v>901</v>
+      </c>
+      <c r="C466" t="s">
+        <v>914</v>
       </c>
       <c r="D466" t="s">
-        <v>508</v>
+        <v>915</v>
       </c>
       <c r="E466" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F466" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="467" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A467" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B467" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011411</v>
+        <v>901</v>
+      </c>
+      <c r="C467" t="s">
+        <v>916</v>
       </c>
       <c r="D467" t="s">
-        <v>508</v>
+        <v>917</v>
       </c>
       <c r="E467" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F467" s="12">
+        <v>623</v>
+      </c>
+      <c r="F467" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="468" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A468" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B468" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011111</v>
+        <v>901</v>
+      </c>
+      <c r="C468" t="s">
+        <v>918</v>
       </c>
       <c r="D468" t="s">
-        <v>509</v>
+        <v>919</v>
       </c>
       <c r="E468" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>623</v>
+      </c>
+      <c r="F468" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="469" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A469" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B469" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011111</v>
+        <v>901</v>
+      </c>
+      <c r="C469" t="s">
+        <v>920</v>
       </c>
       <c r="D469" t="s">
-        <v>509</v>
+        <v>921</v>
       </c>
       <c r="E469" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F469" s="12">
+        <v>623</v>
+      </c>
+      <c r="F469" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="470" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A470" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B470" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011211</v>
+        <v>922</v>
+      </c>
+      <c r="C470" t="s">
+        <v>923</v>
       </c>
       <c r="D470" t="s">
-        <v>510</v>
+        <v>924</v>
       </c>
       <c r="E470" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F470" s="13">
+        <v>45303</v>
       </c>
     </row>
     <row r="471" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A471" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B471" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>73625011211</v>
+        <v>922</v>
+      </c>
+      <c r="C471" t="s">
+        <v>923</v>
       </c>
       <c r="D471" t="s">
-        <v>510</v>
+        <v>924</v>
       </c>
       <c r="E471" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F471" s="13">
+        <v>45667</v>
       </c>
     </row>
     <row r="472" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A472" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B472" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3373413</v>
+        <v>925</v>
+      </c>
+      <c r="C472" t="s">
+        <v>926</v>
       </c>
       <c r="D472" t="s">
-        <v>511</v>
+        <v>927</v>
       </c>
       <c r="E472" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>890</v>
+      </c>
+      <c r="F472" s="13">
+        <v>45931</v>
       </c>
     </row>
     <row r="473" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A473" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B473" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3373413</v>
+        <v>925</v>
+      </c>
+      <c r="C473" t="s">
+        <v>928</v>
       </c>
       <c r="D473" t="s">
-        <v>511</v>
+        <v>929</v>
       </c>
       <c r="E473" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>890</v>
+      </c>
+      <c r="F473" s="13">
+        <v>45931</v>
       </c>
     </row>
     <row r="474" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A474" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B474" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3373413</v>
+        <v>930</v>
+      </c>
+      <c r="C474" t="s">
+        <v>931</v>
       </c>
       <c r="D474" t="s">
-        <v>511</v>
+        <v>932</v>
       </c>
       <c r="E474" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F474" s="13">
+        <v>45684</v>
       </c>
     </row>
     <row r="475" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A475" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B475" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3373413</v>
+        <v>933</v>
+      </c>
+      <c r="C475" t="s">
+        <v>934</v>
       </c>
       <c r="D475" t="s">
-        <v>511</v>
+        <v>935</v>
       </c>
       <c r="E475" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>143</v>
+      </c>
+      <c r="F475" s="13">
+        <v>45299</v>
       </c>
     </row>
     <row r="476" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A476" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B476" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572082030</v>
+        <v>933</v>
+      </c>
+      <c r="C476" t="s">
+        <v>934</v>
       </c>
       <c r="D476" t="s">
-        <v>512</v>
+        <v>935</v>
       </c>
       <c r="E476" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F476" s="13">
+        <v>45665</v>
       </c>
     </row>
     <row r="477" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A477" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B477" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050100</v>
+        <v>98</v>
+      </c>
+      <c r="C477" t="s">
+        <v>936</v>
       </c>
       <c r="D477" t="s">
-        <v>513</v>
+        <v>937</v>
       </c>
       <c r="E477" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F477" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="478" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A478" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B478" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050121</v>
+        <v>98</v>
+      </c>
+      <c r="C478" t="s">
+        <v>938</v>
       </c>
       <c r="D478" t="s">
-        <v>514</v>
+        <v>939</v>
       </c>
       <c r="E478" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F478" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="479" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A479" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B479" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050200</v>
+        <v>98</v>
+      </c>
+      <c r="C479" t="s">
+        <v>940</v>
       </c>
       <c r="D479" t="s">
-        <v>515</v>
+        <v>941</v>
       </c>
       <c r="E479" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F479" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="480" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A480" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B480" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050221</v>
+        <v>98</v>
+      </c>
+      <c r="C480" t="s">
+        <v>942</v>
       </c>
       <c r="D480" t="s">
-        <v>516</v>
+        <v>943</v>
       </c>
       <c r="E480" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F480" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="481" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A481" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B481" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050300</v>
+        <v>98</v>
+      </c>
+      <c r="C481" t="s">
+        <v>944</v>
       </c>
       <c r="D481" t="s">
-        <v>517</v>
+        <v>945</v>
       </c>
       <c r="E481" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F481" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="482" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A482" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B482" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050321</v>
+        <v>98</v>
+      </c>
+      <c r="C482" t="s">
+        <v>99</v>
       </c>
       <c r="D482" t="s">
-        <v>518</v>
+        <v>100</v>
       </c>
       <c r="E482" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F482" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="483" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A483" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B483" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050400</v>
+        <v>98</v>
+      </c>
+      <c r="C483" t="s">
+        <v>946</v>
       </c>
       <c r="D483" t="s">
-        <v>519</v>
+        <v>947</v>
       </c>
       <c r="E483" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F483" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="484" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A484" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B484" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>59572050421</v>
+        <v>98</v>
+      </c>
+      <c r="C484" t="s">
+        <v>948</v>
       </c>
       <c r="D484" t="s">
-        <v>520</v>
+        <v>949</v>
       </c>
       <c r="E484" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F484" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="485" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A485" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B485" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>187073030</v>
+        <v>98</v>
+      </c>
+      <c r="C485" t="s">
+        <v>950</v>
       </c>
       <c r="D485" t="s">
-        <v>522</v>
+        <v>949</v>
       </c>
       <c r="E485" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F485" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="486" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A486" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B486" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>187581230</v>
+        <v>951</v>
+      </c>
+      <c r="C486" t="s">
+        <v>952</v>
       </c>
       <c r="D486" t="s">
-        <v>523</v>
+        <v>953</v>
       </c>
       <c r="E486" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F486" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="487" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A487" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B487" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>187006301</v>
+        <v>951</v>
+      </c>
+      <c r="C487" t="s">
+        <v>954</v>
       </c>
       <c r="D487" t="s">
-        <v>524</v>
+        <v>955</v>
       </c>
       <c r="E487" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F487" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="488" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A488" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B488" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>187006501</v>
+        <v>951</v>
+      </c>
+      <c r="C488" t="s">
+        <v>956</v>
       </c>
       <c r="D488" t="s">
-        <v>525</v>
+        <v>957</v>
       </c>
       <c r="E488" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F488" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="489" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A489" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B489" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>66490069110</v>
+        <v>951</v>
+      </c>
+      <c r="C489" t="s">
+        <v>958</v>
       </c>
       <c r="D489" t="s">
-        <v>526</v>
+        <v>959</v>
       </c>
       <c r="E489" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F489" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="490" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A490" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B490" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>65649030302</v>
+        <v>951</v>
+      </c>
+      <c r="C490" t="s">
+        <v>960</v>
       </c>
       <c r="D490" t="s">
-        <v>527</v>
+        <v>959</v>
       </c>
       <c r="E490" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F490" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="491" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A491" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B491" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944270005</v>
+        <v>951</v>
+      </c>
+      <c r="C491" t="s">
+        <v>961</v>
       </c>
       <c r="D491" t="s">
-        <v>529</v>
+        <v>962</v>
       </c>
       <c r="E491" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F491" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="492" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A492" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B492" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944270006</v>
+        <v>951</v>
+      </c>
+      <c r="C492" t="s">
+        <v>963</v>
       </c>
       <c r="D492" t="s">
-        <v>531</v>
+        <v>964</v>
       </c>
       <c r="E492" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F492" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="493" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A493" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B493" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944270007</v>
+        <v>965</v>
+      </c>
+      <c r="C493" t="s">
+        <v>966</v>
       </c>
       <c r="D493" t="s">
-        <v>532</v>
+        <v>967</v>
       </c>
       <c r="E493" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F493" s="13">
+        <v>45306</v>
       </c>
     </row>
     <row r="494" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A494" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B494" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944270004</v>
+        <v>965</v>
+      </c>
+      <c r="C494" t="s">
+        <v>966</v>
       </c>
       <c r="D494" t="s">
-        <v>533</v>
+        <v>967</v>
       </c>
       <c r="E494" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F494" s="13">
+        <v>45673</v>
       </c>
     </row>
     <row r="495" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A495" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B495" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944285009</v>
+        <v>965</v>
+      </c>
+      <c r="C495" t="s">
+        <v>968</v>
       </c>
       <c r="D495" t="s">
-        <v>534</v>
+        <v>969</v>
       </c>
       <c r="E495" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F495" s="13">
+        <v>45306</v>
       </c>
     </row>
     <row r="496" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A496" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B496" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>944251402</v>
+        <v>965</v>
+      </c>
+      <c r="C496" t="s">
+        <v>968</v>
       </c>
       <c r="D496" t="s">
-        <v>535</v>
+        <v>969</v>
       </c>
       <c r="E496" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F496" s="13">
+        <v>45673</v>
       </c>
     </row>
     <row r="497" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A497" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B497" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419039501</v>
+        <v>965</v>
+      </c>
+      <c r="C497" t="s">
+        <v>970</v>
       </c>
       <c r="D497" t="s">
-        <v>537</v>
+        <v>971</v>
       </c>
       <c r="E497" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F497" s="13">
+        <v>45306</v>
       </c>
     </row>
     <row r="498" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A498" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B498" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419052435</v>
+        <v>965</v>
+      </c>
+      <c r="C498" t="s">
+        <v>970</v>
       </c>
       <c r="D498" t="s">
-        <v>538</v>
+        <v>971</v>
       </c>
       <c r="E498" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F498" s="13">
+        <v>45673</v>
       </c>
     </row>
     <row r="499" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A499" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B499" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419039101</v>
+        <v>972</v>
+      </c>
+      <c r="C499" t="s">
+        <v>973</v>
       </c>
       <c r="D499" t="s">
-        <v>539</v>
+        <v>974</v>
       </c>
       <c r="E499" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F499" s="12">
+        <v>31</v>
+      </c>
+      <c r="F499" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="500" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A500" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B500" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419039001</v>
+        <v>972</v>
+      </c>
+      <c r="C500" t="s">
+        <v>975</v>
       </c>
       <c r="D500" t="s">
-        <v>540</v>
+        <v>976</v>
       </c>
       <c r="E500" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F500" s="12">
+        <v>31</v>
+      </c>
+      <c r="F500" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="501" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A501" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B501" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419017106</v>
+        <v>972</v>
+      </c>
+      <c r="C501" t="s">
+        <v>977</v>
       </c>
       <c r="D501" t="s">
-        <v>541</v>
+        <v>978</v>
       </c>
       <c r="E501" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F501" s="12">
+        <v>979</v>
+      </c>
+      <c r="F501" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="502" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A502" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B502" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419025001</v>
+        <v>972</v>
+      </c>
+      <c r="C502" t="s">
+        <v>980</v>
       </c>
       <c r="D502" t="s">
-        <v>542</v>
+        <v>981</v>
       </c>
       <c r="E502" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F502" s="12">
+        <v>979</v>
+      </c>
+      <c r="F502" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="503" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A503" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B503" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419025101</v>
+        <v>972</v>
+      </c>
+      <c r="C503" t="s">
+        <v>982</v>
       </c>
       <c r="D503" t="s">
-        <v>543</v>
+        <v>983</v>
       </c>
       <c r="E503" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F503" s="12">
+        <v>67</v>
+      </c>
+      <c r="F503" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="504" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A504" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B504" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419025201</v>
+        <v>984</v>
+      </c>
+      <c r="C504" t="s">
+        <v>985</v>
       </c>
       <c r="D504" t="s">
-        <v>544</v>
+        <v>986</v>
       </c>
       <c r="E504" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>987</v>
+      </c>
+      <c r="F504" s="13">
+        <v>45316</v>
       </c>
     </row>
     <row r="505" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A505" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B505" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419025301</v>
+        <v>984</v>
+      </c>
+      <c r="C505" t="s">
+        <v>985</v>
       </c>
       <c r="D505" t="s">
-        <v>545</v>
+        <v>986</v>
       </c>
       <c r="E505" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F505" s="12">
+        <v>987</v>
+      </c>
+      <c r="F505" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="506" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A506" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B506" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>50419025401</v>
+        <v>988</v>
+      </c>
+      <c r="C506" t="s">
+        <v>989</v>
       </c>
       <c r="D506" t="s">
-        <v>546</v>
+        <v>990</v>
       </c>
       <c r="E506" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F506" s="12">
+        <v>991</v>
+      </c>
+      <c r="F506" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="507" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A507" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B507" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>72579001102</v>
+        <v>988</v>
+      </c>
+      <c r="C507" t="s">
+        <v>992</v>
       </c>
       <c r="D507" t="s">
-        <v>548</v>
+        <v>993</v>
       </c>
       <c r="E507" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45303</v>
+        <v>991</v>
+      </c>
+      <c r="F507" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="508" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A508" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B508" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>72579001102</v>
+        <v>988</v>
+      </c>
+      <c r="C508" t="s">
+        <v>994</v>
       </c>
       <c r="D508" t="s">
-        <v>548</v>
+        <v>995</v>
       </c>
       <c r="E508" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45667</v>
+        <v>987</v>
+      </c>
+      <c r="F508" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="509" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A509" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B509" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>64208823506</v>
+        <v>996</v>
+      </c>
+      <c r="C509" t="s">
+        <v>997</v>
       </c>
       <c r="D509" t="s">
-        <v>550</v>
+        <v>998</v>
       </c>
       <c r="E509" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45931</v>
+        <v>67</v>
+      </c>
+      <c r="F509" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="510" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A510" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B510" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>64208823507</v>
+        <v>996</v>
+      </c>
+      <c r="C510" t="s">
+        <v>999</v>
       </c>
       <c r="D510" t="s">
-        <v>551</v>
+        <v>1000</v>
       </c>
       <c r="E510" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45931</v>
+        <v>1001</v>
+      </c>
+      <c r="F510" s="13">
+        <v>45661</v>
       </c>
     </row>
     <row r="511" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A511" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B511" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>68418794006</v>
+        <v>996</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1002</v>
       </c>
       <c r="D511" t="s">
-        <v>553</v>
+        <v>1003</v>
       </c>
       <c r="E511" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45684</v>
+        <v>1001</v>
+      </c>
+      <c r="F511" s="13">
+        <v>45661</v>
       </c>
     </row>
     <row r="512" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A512" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B512" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>72769010101</v>
+        <v>996</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1004</v>
       </c>
       <c r="D512" t="s">
-        <v>555</v>
+        <v>1005</v>
       </c>
       <c r="E512" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45299</v>
+        <v>159</v>
+      </c>
+      <c r="F512" s="13">
+        <v>45661</v>
       </c>
     </row>
     <row r="513" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A513" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B513" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>72769010101</v>
+        <v>996</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1006</v>
       </c>
       <c r="D513" t="s">
-        <v>555</v>
+        <v>1007</v>
       </c>
       <c r="E513" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45665</v>
+        <v>159</v>
+      </c>
+      <c r="F513" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="514" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A514" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B514" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406000602</v>
+        <v>1008</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1009</v>
       </c>
       <c r="D514" t="s">
-        <v>556</v>
+        <v>1010</v>
       </c>
       <c r="E514" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>1011</v>
+      </c>
+      <c r="F514" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="515" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A515" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B515" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406002003</v>
+        <v>1008</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1012</v>
       </c>
       <c r="D515" t="s">
-        <v>557</v>
+        <v>1010</v>
       </c>
       <c r="E515" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>1011</v>
+      </c>
+      <c r="F515" s="13">
+        <v>45454</v>
       </c>
     </row>
     <row r="516" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A516" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B516" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>59627033304</v>
+        <v>1008</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1009</v>
       </c>
       <c r="D516" t="s">
-        <v>558</v>
+        <v>1010</v>
       </c>
       <c r="E516" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>1011</v>
+      </c>
+      <c r="F516" s="13">
+        <v>45880</v>
       </c>
     </row>
     <row r="517" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A517" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B517" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>59627022205</v>
+        <v>1008</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1012</v>
       </c>
       <c r="D517" t="s">
-        <v>559</v>
+        <v>1010</v>
       </c>
       <c r="E517" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>1011</v>
+      </c>
+      <c r="F517" s="13">
+        <v>45880</v>
       </c>
     </row>
     <row r="518" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A518" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B518" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406000801</v>
+        <v>1013</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1014</v>
       </c>
       <c r="D518" t="s">
-        <v>560</v>
+        <v>1015</v>
       </c>
       <c r="E518" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>599</v>
+      </c>
+      <c r="F518" s="13">
+        <v>45341</v>
       </c>
     </row>
     <row r="519" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A519" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B519" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406005801</v>
+        <v>1013</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1016</v>
       </c>
       <c r="D519" t="s">
-        <v>61</v>
+        <v>1017</v>
       </c>
       <c r="E519" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>599</v>
+      </c>
+      <c r="F519" s="13">
+        <v>45341</v>
       </c>
     </row>
     <row r="520" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A520" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B520" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406001101</v>
+        <v>1018</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1019</v>
       </c>
       <c r="D520" t="s">
-        <v>561</v>
+        <v>927</v>
       </c>
       <c r="E520" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>890</v>
+      </c>
+      <c r="F520" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="521" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A521" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B521" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406001701</v>
+        <v>1018</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1019</v>
       </c>
       <c r="D521" t="s">
-        <v>562</v>
+        <v>927</v>
       </c>
       <c r="E521" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>890</v>
+      </c>
+      <c r="F521" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="522" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A522" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B522" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>64406001501</v>
+        <v>1018</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1019</v>
       </c>
       <c r="D522" t="s">
-        <v>562</v>
+        <v>927</v>
       </c>
       <c r="E522" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>890</v>
+      </c>
+      <c r="F522" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="523" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A523" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B523" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135010001</v>
+        <v>1018</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1019</v>
       </c>
       <c r="D523" t="s">
-        <v>564</v>
+        <v>927</v>
       </c>
       <c r="E523" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F523" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="524" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A524" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B524" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135002001</v>
+        <v>1018</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1020</v>
       </c>
       <c r="D524" t="s">
-        <v>565</v>
+        <v>929</v>
       </c>
       <c r="E524" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F524" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="525" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A525" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B525" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135075620</v>
+        <v>1018</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1020</v>
       </c>
       <c r="D525" t="s">
-        <v>566</v>
+        <v>929</v>
       </c>
       <c r="E525" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F525" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="526" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A526" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B526" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135067340</v>
+        <v>1018</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1020</v>
       </c>
       <c r="D526" t="s">
-        <v>567</v>
+        <v>929</v>
       </c>
       <c r="E526" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F526" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="527" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A527" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B527" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135067345</v>
+        <v>1018</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1020</v>
       </c>
       <c r="D527" t="s">
-        <v>567</v>
+        <v>929</v>
       </c>
       <c r="E527" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F527" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="528" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A528" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B528" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135008236</v>
+        <v>1018</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1021</v>
       </c>
       <c r="D528" t="s">
-        <v>568</v>
+        <v>1022</v>
       </c>
       <c r="E528" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F528" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="529" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A529" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B529" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>68135011966</v>
+        <v>1018</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1021</v>
       </c>
       <c r="D529" t="s">
-        <v>569</v>
+        <v>1022</v>
       </c>
       <c r="E529" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45809</v>
+        <v>890</v>
+      </c>
+      <c r="F529" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="530" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A530" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B530" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064011030</v>
+        <v>1018</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1021</v>
       </c>
       <c r="D530" t="s">
-        <v>571</v>
+        <v>1022</v>
       </c>
       <c r="E530" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45306</v>
+        <v>890</v>
+      </c>
+      <c r="F530" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="531" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A531" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B531" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064011030</v>
+        <v>1018</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1021</v>
       </c>
       <c r="D531" t="s">
-        <v>571</v>
+        <v>1022</v>
       </c>
       <c r="E531" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45673</v>
+        <v>890</v>
+      </c>
+      <c r="F531" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="532" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A532" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B532" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064012530</v>
+        <v>1018</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1023</v>
       </c>
       <c r="D532" t="s">
-        <v>572</v>
+        <v>1024</v>
       </c>
       <c r="E532" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45306</v>
+        <v>890</v>
+      </c>
+      <c r="F532" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="533" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A533" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B533" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064012530</v>
+        <v>1018</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1023</v>
       </c>
       <c r="D533" t="s">
-        <v>572</v>
+        <v>1024</v>
       </c>
       <c r="E533" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45673</v>
+        <v>890</v>
+      </c>
+      <c r="F533" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="534" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A534" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B534" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064015030</v>
+        <v>1018</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1023</v>
       </c>
       <c r="D534" t="s">
-        <v>573</v>
+        <v>1024</v>
       </c>
       <c r="E534" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45306</v>
+        <v>890</v>
+      </c>
+      <c r="F534" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="535" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A535" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B535" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>72064015030</v>
+        <v>1018</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1023</v>
       </c>
       <c r="D535" t="s">
-        <v>573</v>
+        <v>1024</v>
       </c>
       <c r="E535" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45673</v>
+        <v>890</v>
+      </c>
+      <c r="F535" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="536" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A536" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B536" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>597013730</v>
+        <v>1018</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1025</v>
       </c>
       <c r="D536" t="s">
-        <v>575</v>
+        <v>898</v>
       </c>
       <c r="E536" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F536" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="537" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A537" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B537" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>597013830</v>
+        <v>1018</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1025</v>
       </c>
       <c r="D537" t="s">
-        <v>576</v>
+        <v>898</v>
       </c>
       <c r="E537" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F537" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="538" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A538" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B538" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>597014360</v>
+        <v>1018</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1025</v>
       </c>
       <c r="D538" t="s">
-        <v>577</v>
+        <v>898</v>
       </c>
       <c r="E538" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="F538" s="12">
+        <v>890</v>
+      </c>
+      <c r="F538" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="539" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A539" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B539" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>597014560</v>
+        <v>1018</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1025</v>
       </c>
       <c r="D539" t="s">
-        <v>579</v>
+        <v>898</v>
       </c>
       <c r="E539" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F539" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="540" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A540" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B540" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>597062020</v>
+        <v>1018</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1026</v>
       </c>
       <c r="D540" t="s">
-        <v>580</v>
+        <v>1027</v>
       </c>
       <c r="E540" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F540" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="541" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A541" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B541" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>81749000401</v>
+        <v>1018</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1026</v>
       </c>
       <c r="D541" t="s">
-        <v>582</v>
+        <v>1027</v>
       </c>
       <c r="E541" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45316</v>
+        <v>890</v>
+      </c>
+      <c r="F541" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="542" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A542" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B542" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>81749000401</v>
+        <v>1018</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1026</v>
       </c>
       <c r="D542" t="s">
-        <v>582</v>
+        <v>1027</v>
       </c>
       <c r="E542" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="F542" s="12">
+        <v>890</v>
+      </c>
+      <c r="F542" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="543" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A543" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B543" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>69616021106</v>
+        <v>1018</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1026</v>
       </c>
       <c r="D543" t="s">
-        <v>585</v>
+        <v>1027</v>
       </c>
       <c r="E543" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F543" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="544" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A544" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B544" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>69616021103</v>
+        <v>1018</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1028</v>
       </c>
       <c r="D544" t="s">
-        <v>587</v>
+        <v>1029</v>
       </c>
       <c r="E544" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F544" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="545" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A545" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B545" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>69616026438</v>
+        <v>1018</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1028</v>
       </c>
       <c r="D545" t="s">
-        <v>588</v>
+        <v>1029</v>
       </c>
       <c r="E545" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>890</v>
+      </c>
+      <c r="F545" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="546" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A546" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B546" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>10122031002</v>
+        <v>1018</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1028</v>
       </c>
       <c r="D546" t="s">
-        <v>590</v>
+        <v>1029</v>
       </c>
       <c r="E546" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F546" s="12">
+        <v>890</v>
+      </c>
+      <c r="F546" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="547" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A547" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B547" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>10122010150</v>
+        <v>1018</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1028</v>
       </c>
       <c r="D547" t="s">
-        <v>591</v>
+        <v>1029</v>
       </c>
       <c r="E547" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45661</v>
+        <v>890</v>
+      </c>
+      <c r="F547" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="548" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A548" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B548" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>10122010401</v>
+        <v>1018</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1030</v>
       </c>
       <c r="D548" t="s">
-        <v>593</v>
+        <v>1031</v>
       </c>
       <c r="E548" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45661</v>
+        <v>890</v>
+      </c>
+      <c r="F548" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="549" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A549" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B549" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>10122050201</v>
+        <v>1018</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1030</v>
       </c>
       <c r="D549" t="s">
-        <v>594</v>
+        <v>1031</v>
       </c>
       <c r="E549" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45661</v>
+        <v>890</v>
+      </c>
+      <c r="F549" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="550" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A550" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B550" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>69880012028</v>
+        <v>1018</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1030</v>
       </c>
       <c r="D550" t="s">
-        <v>595</v>
+        <v>1031</v>
       </c>
       <c r="E550" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F550" s="12">
+        <v>890</v>
+      </c>
+      <c r="F550" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="551" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A551" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B551" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>76346007302</v>
+        <v>1018</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1030</v>
       </c>
       <c r="D551" t="s">
-        <v>597</v>
+        <v>1031</v>
       </c>
       <c r="E551" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>890</v>
+      </c>
+      <c r="F551" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="552" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A552" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B552" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>76346065403</v>
+        <v>1032</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1033</v>
       </c>
       <c r="D552" t="s">
-        <v>597</v>
+        <v>1034</v>
       </c>
       <c r="E552" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45454</v>
+        <v>31</v>
+      </c>
+      <c r="F552" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="553" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A553" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B553" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>76346007302</v>
+        <v>1032</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1035</v>
       </c>
       <c r="D553" t="s">
-        <v>597</v>
+        <v>1036</v>
       </c>
       <c r="E553" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45880</v>
+        <v>31</v>
+      </c>
+      <c r="F553" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="554" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A554" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B554" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>76346065403</v>
+        <v>1037</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1038</v>
       </c>
       <c r="D554" t="s">
-        <v>597</v>
+        <v>1039</v>
       </c>
       <c r="E554" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45880</v>
+        <v>31</v>
+      </c>
+      <c r="F554" s="13">
+        <v>45419</v>
       </c>
     </row>
     <row r="555" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A555" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B555" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>83457055402</v>
+        <v>1037</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1038</v>
       </c>
       <c r="D555" t="s">
-        <v>600</v>
+        <v>1039</v>
       </c>
       <c r="E555" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45341</v>
+        <v>31</v>
+      </c>
+      <c r="F555" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="556" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A556" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B556" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>83457024302</v>
+        <v>1037</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1038</v>
       </c>
       <c r="D556" t="s">
-        <v>601</v>
+        <v>1039</v>
       </c>
       <c r="E556" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45341</v>
+        <v>31</v>
+      </c>
+      <c r="F556" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="557" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A557" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B557" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>70515063030</v>
+        <v>1037</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1040</v>
       </c>
       <c r="D557" t="s">
-        <v>603</v>
+        <v>1041</v>
       </c>
       <c r="E557" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45326</v>
+        <v>31</v>
+      </c>
+      <c r="F557" s="13">
+        <v>45419</v>
       </c>
     </row>
     <row r="558" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A558" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B558" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>70515061001</v>
+        <v>1037</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1040</v>
       </c>
       <c r="D558" t="s">
-        <v>604</v>
+        <v>1041</v>
       </c>
       <c r="E558" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>45326</v>
+        <v>31</v>
+      </c>
+      <c r="F558" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="559" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A559" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B559" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043710</v>
+        <v>1037</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1040</v>
       </c>
       <c r="D559" t="s">
-        <v>550</v>
+        <v>1041</v>
       </c>
       <c r="E559" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F559" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="560" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A560" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B560" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043710</v>
+        <v>1042</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1043</v>
       </c>
       <c r="D560" t="s">
-        <v>550</v>
+        <v>1044</v>
       </c>
       <c r="E560" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F560" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="561" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A561" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B561" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043710</v>
+        <v>1042</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1043</v>
       </c>
       <c r="D561" t="s">
-        <v>550</v>
+        <v>1044</v>
       </c>
       <c r="E561" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F561" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="562" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A562" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B562" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043710</v>
+        <v>1042</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1043</v>
       </c>
       <c r="D562" t="s">
-        <v>550</v>
+        <v>1044</v>
       </c>
       <c r="E562" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F562" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="563" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A563" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B563" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043820</v>
+        <v>1042</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1043</v>
       </c>
       <c r="D563" t="s">
-        <v>551</v>
+        <v>1044</v>
       </c>
       <c r="E563" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F563" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="564" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A564" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B564" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043820</v>
+        <v>1045</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1046</v>
       </c>
       <c r="D564" t="s">
-        <v>551</v>
+        <v>1047</v>
       </c>
       <c r="E564" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>196</v>
+      </c>
+      <c r="F564" s="13">
+        <v>45352</v>
       </c>
     </row>
     <row r="565" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A565" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B565" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043820</v>
+        <v>1045</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1046</v>
       </c>
       <c r="D565" t="s">
-        <v>551</v>
+        <v>1047</v>
       </c>
       <c r="E565" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>196</v>
+      </c>
+      <c r="F565" s="13">
+        <v>45645</v>
       </c>
     </row>
     <row r="566" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A566" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B566" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043820</v>
+        <v>1048</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1049</v>
       </c>
       <c r="D566" t="s">
-        <v>551</v>
+        <v>1050</v>
       </c>
       <c r="E566" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F566" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="567" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A567" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B567" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043940</v>
+        <v>1048</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1051</v>
       </c>
       <c r="D567" t="s">
-        <v>606</v>
+        <v>1052</v>
       </c>
       <c r="E567" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F567" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="568" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A568" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B568" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043940</v>
+        <v>1048</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1053</v>
       </c>
       <c r="D568" t="s">
-        <v>606</v>
+        <v>1054</v>
       </c>
       <c r="E568" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F568" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="569" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A569" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B569" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043940</v>
+        <v>1048</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1055</v>
       </c>
       <c r="D569" t="s">
-        <v>606</v>
+        <v>1056</v>
       </c>
       <c r="E569" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F569" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="570" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A570" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B570" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043940</v>
+        <v>1048</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1057</v>
       </c>
       <c r="D570" t="s">
-        <v>606</v>
+        <v>1058</v>
       </c>
       <c r="E570" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F570" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="571" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A571" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B571" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043605</v>
+        <v>1048</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1059</v>
       </c>
       <c r="D571" t="s">
-        <v>607</v>
+        <v>1060</v>
       </c>
       <c r="E571" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F571" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="572" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A572" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B572" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043605</v>
+        <v>1048</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1061</v>
       </c>
       <c r="D572" t="s">
-        <v>607</v>
+        <v>1062</v>
       </c>
       <c r="E572" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F572" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="573" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A573" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B573" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043605</v>
+        <v>1048</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1063</v>
       </c>
       <c r="D573" t="s">
-        <v>607</v>
+        <v>1064</v>
       </c>
       <c r="E573" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F573" s="13">
+        <v>45680</v>
       </c>
     </row>
     <row r="574" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A574" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B574" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206043605</v>
+        <v>1065</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1066</v>
       </c>
       <c r="D574" t="s">
-        <v>607</v>
+        <v>1067</v>
       </c>
       <c r="E574" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F574" s="13">
+        <v>45337</v>
       </c>
     </row>
     <row r="575" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A575" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B575" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045101</v>
+        <v>1065</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1066</v>
       </c>
       <c r="D575" t="s">
-        <v>608</v>
+        <v>1067</v>
       </c>
       <c r="E575" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F575" s="13">
+        <v>45703</v>
       </c>
     </row>
     <row r="576" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A576" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B576" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045101</v>
+        <v>156</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1068</v>
       </c>
       <c r="D576" t="s">
-        <v>608</v>
+        <v>1069</v>
       </c>
       <c r="E576" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>987</v>
+      </c>
+      <c r="F576" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="577" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A577" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B577" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045101</v>
+        <v>156</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1068</v>
       </c>
       <c r="D577" t="s">
-        <v>608</v>
+        <v>1069</v>
       </c>
       <c r="E577" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>987</v>
+      </c>
+      <c r="F577" s="13">
+        <v>45667</v>
       </c>
     </row>
     <row r="578" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A578" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B578" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045101</v>
+        <v>1070</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1071</v>
       </c>
       <c r="D578" t="s">
-        <v>608</v>
+        <v>1072</v>
       </c>
       <c r="E578" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F578" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="579" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A579" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B579" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045621</v>
+        <v>1070</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1073</v>
       </c>
       <c r="D579" t="s">
-        <v>609</v>
+        <v>1072</v>
       </c>
       <c r="E579" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F579" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="580" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A580" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B580" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045621</v>
+        <v>1070</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1074</v>
       </c>
       <c r="D580" t="s">
-        <v>609</v>
+        <v>1075</v>
       </c>
       <c r="E580" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F580" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="581" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A581" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B581" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045621</v>
+        <v>1070</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1076</v>
       </c>
       <c r="D581" t="s">
-        <v>609</v>
+        <v>1075</v>
       </c>
       <c r="E581" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F581" s="12">
+        <v>31</v>
+      </c>
+      <c r="F581" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="582" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A582" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B582" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045621</v>
+        <v>1070</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1077</v>
       </c>
       <c r="D582" t="s">
-        <v>609</v>
+        <v>1078</v>
       </c>
       <c r="E582" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F582" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="583" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A583" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B583" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045510</v>
+        <v>1070</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1079</v>
       </c>
       <c r="D583" t="s">
-        <v>534</v>
+        <v>1078</v>
       </c>
       <c r="E583" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F583" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="584" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A584" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B584" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045510</v>
+        <v>1070</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1080</v>
       </c>
       <c r="D584" t="s">
-        <v>534</v>
+        <v>1081</v>
       </c>
       <c r="E584" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F584" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="585" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A585" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B585" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045510</v>
+        <v>1082</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1083</v>
       </c>
       <c r="D585" t="s">
-        <v>534</v>
+        <v>1084</v>
       </c>
       <c r="E585" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F585" s="13">
+        <v>45841</v>
       </c>
     </row>
     <row r="586" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A586" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B586" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045510</v>
+        <v>1085</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1086</v>
       </c>
       <c r="D586" t="s">
-        <v>534</v>
+        <v>1087</v>
       </c>
       <c r="E586" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F586" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="587" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A587" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B587" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045525</v>
+        <v>1085</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1088</v>
       </c>
       <c r="D587" t="s">
-        <v>610</v>
+        <v>1089</v>
       </c>
       <c r="E587" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F587" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="588" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A588" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B588" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045525</v>
+        <v>1085</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1090</v>
       </c>
       <c r="D588" t="s">
-        <v>610</v>
+        <v>1091</v>
       </c>
       <c r="E588" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>979</v>
+      </c>
+      <c r="F588" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="589" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A589" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B589" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045525</v>
+        <v>1085</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1092</v>
       </c>
       <c r="D589" t="s">
-        <v>610</v>
+        <v>1093</v>
       </c>
       <c r="E589" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F589" s="12">
+        <v>143</v>
+      </c>
+      <c r="F589" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="590" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A590" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B590" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045525</v>
+        <v>1085</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1094</v>
       </c>
       <c r="D590" t="s">
-        <v>610</v>
+        <v>1095</v>
       </c>
       <c r="E590" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>143</v>
+      </c>
+      <c r="F590" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="591" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A591" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B591" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045202</v>
+        <v>1085</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1096</v>
       </c>
       <c r="D591" t="s">
-        <v>611</v>
+        <v>1097</v>
       </c>
       <c r="E591" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>143</v>
+      </c>
+      <c r="F591" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="592" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A592" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B592" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045202</v>
+        <v>1085</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1098</v>
       </c>
       <c r="D592" t="s">
-        <v>611</v>
+        <v>1099</v>
       </c>
       <c r="E592" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>143</v>
+      </c>
+      <c r="F592" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="593" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A593" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B593" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045202</v>
+        <v>1085</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1100</v>
       </c>
       <c r="D593" t="s">
-        <v>611</v>
+        <v>1101</v>
       </c>
       <c r="E593" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F593" s="12">
+        <v>143</v>
+      </c>
+      <c r="F593" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="594" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A594" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B594" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045202</v>
+        <v>1085</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1102</v>
       </c>
       <c r="D594" t="s">
-        <v>611</v>
+        <v>1103</v>
       </c>
       <c r="E594" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F594" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="595" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A595" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B595" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045722</v>
+        <v>1085</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1104</v>
       </c>
       <c r="D595" t="s">
-        <v>612</v>
+        <v>1105</v>
       </c>
       <c r="E595" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>619</v>
+      </c>
+      <c r="F595" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="596" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A596" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B596" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045722</v>
+        <v>1085</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1106</v>
       </c>
       <c r="D596" t="s">
-        <v>612</v>
+        <v>1107</v>
       </c>
       <c r="E596" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>713</v>
+      </c>
+      <c r="F596" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="597" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A597" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B597" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045722</v>
+        <v>1085</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1108</v>
       </c>
       <c r="D597" t="s">
-        <v>612</v>
+        <v>1109</v>
       </c>
       <c r="E597" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F597" s="12">
+        <v>101</v>
+      </c>
+      <c r="F597" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="598" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A598" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B598" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045722</v>
+        <v>1085</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1110</v>
       </c>
       <c r="D598" t="s">
-        <v>612</v>
+        <v>1111</v>
       </c>
       <c r="E598" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>517</v>
+      </c>
+      <c r="F598" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="599" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A599" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B599" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045404</v>
+        <v>1085</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1112</v>
       </c>
       <c r="D599" t="s">
-        <v>613</v>
+        <v>1113</v>
       </c>
       <c r="E599" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F599" s="12">
+        <v>599</v>
+      </c>
+      <c r="F599" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="600" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A600" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B600" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045404</v>
+        <v>1085</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1114</v>
       </c>
       <c r="D600" t="s">
-        <v>613</v>
+        <v>1115</v>
       </c>
       <c r="E600" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>599</v>
+      </c>
+      <c r="F600" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="601" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A601" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B601" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045404</v>
+        <v>1085</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1116</v>
       </c>
       <c r="D601" t="s">
-        <v>613</v>
+        <v>1117</v>
       </c>
       <c r="E601" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F601" s="12">
+        <v>31</v>
+      </c>
+      <c r="F601" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="602" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A602" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B602" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045404</v>
+        <v>1085</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1118</v>
       </c>
       <c r="D602" t="s">
-        <v>613</v>
+        <v>1119</v>
       </c>
       <c r="E602" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F602" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="603" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A603" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B603" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045824</v>
+        <v>1120</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1121</v>
       </c>
       <c r="D603" t="s">
-        <v>614</v>
+        <v>1122</v>
       </c>
       <c r="E603" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F603" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="604" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A604" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B604" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045824</v>
+        <v>1120</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1123</v>
       </c>
       <c r="D604" t="s">
-        <v>614</v>
+        <v>1124</v>
       </c>
       <c r="E604" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>159</v>
+      </c>
+      <c r="F604" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="605" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A605" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B605" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045824</v>
+        <v>1120</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1125</v>
       </c>
       <c r="D605" t="s">
-        <v>614</v>
+        <v>1126</v>
       </c>
       <c r="E605" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F605" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="606" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A606" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B606" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>44206045824</v>
+        <v>1120</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1127</v>
       </c>
       <c r="D606" t="s">
-        <v>614</v>
+        <v>1128</v>
       </c>
       <c r="E606" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>143</v>
+      </c>
+      <c r="F606" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="607" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A607" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B607" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>65597040720</v>
+        <v>1120</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1129</v>
       </c>
       <c r="D607" t="s">
-        <v>616</v>
+        <v>1130</v>
       </c>
       <c r="E607" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>657</v>
+      </c>
+      <c r="F607" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="608" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A608" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B608" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>65597051104</v>
+        <v>1120</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1131</v>
       </c>
       <c r="D608" t="s">
-        <v>617</v>
+        <v>1132</v>
       </c>
       <c r="E608" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F608" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="609" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A609" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B609" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950000124</v>
+        <v>1120</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1133</v>
       </c>
       <c r="D609" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E609" t="s">
         <v>619</v>
       </c>
-      <c r="E609" t="s">
-[...3 lines deleted...]
-        <v>45419</v>
+      <c r="F609" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="610" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A610" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B610" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950000124</v>
+        <v>1135</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1136</v>
       </c>
       <c r="D610" t="s">
-        <v>619</v>
+        <v>1137</v>
       </c>
       <c r="E610" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F610" s="12">
+        <v>623</v>
+      </c>
+      <c r="F610" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="611" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A611" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B611" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950000124</v>
+        <v>1135</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1138</v>
       </c>
       <c r="D611" t="s">
-        <v>619</v>
+        <v>1139</v>
       </c>
       <c r="E611" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>623</v>
+      </c>
+      <c r="F611" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="612" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A612" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B612" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950001201</v>
+        <v>1135</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1140</v>
       </c>
       <c r="D612" t="s">
-        <v>620</v>
+        <v>1141</v>
       </c>
       <c r="E612" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45419</v>
+        <v>88</v>
+      </c>
+      <c r="F612" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="613" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A613" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B613" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950001201</v>
+        <v>1135</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1142</v>
       </c>
       <c r="D613" t="s">
-        <v>620</v>
+        <v>1143</v>
       </c>
       <c r="E613" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F613" s="12">
+        <v>1144</v>
+      </c>
+      <c r="F613" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="614" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A614" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B614" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>82950001201</v>
+        <v>1135</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1145</v>
       </c>
       <c r="D614" t="s">
-        <v>620</v>
+        <v>1146</v>
       </c>
       <c r="E614" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F614" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="615" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A615" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B615" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>73207010130</v>
+        <v>1135</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1147</v>
       </c>
       <c r="D615" t="s">
-        <v>622</v>
+        <v>1148</v>
       </c>
       <c r="E615" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F615" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="616" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A616" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B616" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>73207010130</v>
+        <v>1149</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1150</v>
       </c>
       <c r="D616" t="s">
-        <v>622</v>
+        <v>1151</v>
       </c>
       <c r="E616" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>517</v>
+      </c>
+      <c r="F616" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="617" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A617" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B617" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>73207010130</v>
+        <v>1149</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1150</v>
       </c>
       <c r="D617" t="s">
-        <v>622</v>
+        <v>1151</v>
       </c>
       <c r="E617" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F617" s="12">
+        <v>517</v>
+      </c>
+      <c r="F617" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="618" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A618" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B618" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>73207010130</v>
+        <v>1149</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1152</v>
       </c>
       <c r="D618" t="s">
-        <v>622</v>
+        <v>1153</v>
       </c>
       <c r="E618" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>517</v>
+      </c>
+      <c r="F618" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="619" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A619" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B619" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>71981002007</v>
+        <v>1149</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1152</v>
       </c>
       <c r="D619" t="s">
-        <v>624</v>
+        <v>1153</v>
       </c>
       <c r="E619" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45352</v>
+        <v>517</v>
+      </c>
+      <c r="F619" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="620" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A620" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B620" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>71981002007</v>
+        <v>1149</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1154</v>
       </c>
       <c r="D620" t="s">
-        <v>624</v>
+        <v>1155</v>
       </c>
       <c r="E620" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45645</v>
+        <v>653</v>
+      </c>
+      <c r="F620" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="621" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A621" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B621" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856071430</v>
+        <v>1149</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1156</v>
       </c>
       <c r="D621" t="s">
-        <v>626</v>
+        <v>1157</v>
       </c>
       <c r="E621" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>713</v>
+      </c>
+      <c r="F621" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="622" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A622" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B622" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856071830</v>
+        <v>1149</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1158</v>
       </c>
       <c r="D622" t="s">
-        <v>627</v>
+        <v>1159</v>
       </c>
       <c r="E622" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F622" s="13">
+        <v>45383</v>
       </c>
     </row>
     <row r="623" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A623" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B623" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856071030</v>
+        <v>1149</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1158</v>
       </c>
       <c r="D623" t="s">
-        <v>628</v>
+        <v>1159</v>
       </c>
       <c r="E623" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F623" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="624" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A624" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B624" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856072430</v>
+        <v>1149</v>
+      </c>
+      <c r="C624" t="s">
+        <v>1160</v>
       </c>
       <c r="D624" t="s">
-        <v>629</v>
+        <v>1161</v>
       </c>
       <c r="E624" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F624" s="13">
+        <v>45383</v>
       </c>
     </row>
     <row r="625" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A625" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B625" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856072030</v>
+        <v>1149</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1160</v>
       </c>
       <c r="D625" t="s">
-        <v>630</v>
+        <v>1161</v>
       </c>
       <c r="E625" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F625" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="626" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A626" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B626" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856070830</v>
+        <v>1149</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1162</v>
       </c>
       <c r="D626" t="s">
-        <v>631</v>
+        <v>1163</v>
       </c>
       <c r="E626" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F626" s="13">
+        <v>45383</v>
       </c>
     </row>
     <row r="627" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A627" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B627" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856071230</v>
+        <v>1149</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1162</v>
       </c>
       <c r="D627" t="s">
-        <v>632</v>
+        <v>1163</v>
       </c>
       <c r="E627" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F627" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="628" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A628" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B628" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>62856070430</v>
+        <v>1149</v>
+      </c>
+      <c r="C628" t="s">
+        <v>1164</v>
       </c>
       <c r="D628" t="s">
-        <v>633</v>
+        <v>1165</v>
       </c>
       <c r="E628" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45680</v>
+        <v>31</v>
+      </c>
+      <c r="F628" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="629" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A629" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B629" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>72607010000</v>
+        <v>1149</v>
+      </c>
+      <c r="C629" t="s">
+        <v>1166</v>
       </c>
       <c r="D629" t="s">
-        <v>635</v>
+        <v>1167</v>
       </c>
       <c r="E629" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45337</v>
+        <v>31</v>
+      </c>
+      <c r="F629" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="630" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A630" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B630" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>72607010000</v>
+        <v>1168</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1169</v>
       </c>
       <c r="D630" t="s">
-        <v>635</v>
+        <v>889</v>
       </c>
       <c r="E630" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45703</v>
+        <v>890</v>
+      </c>
+      <c r="F630" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="631" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A631" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B631" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>71863011050</v>
+        <v>1168</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1170</v>
       </c>
       <c r="D631" t="s">
-        <v>636</v>
+        <v>892</v>
       </c>
       <c r="E631" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45301</v>
+        <v>890</v>
+      </c>
+      <c r="F631" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="632" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A632" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B632" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>71863011050</v>
+        <v>1168</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1171</v>
       </c>
       <c r="D632" t="s">
-        <v>636</v>
+        <v>1172</v>
       </c>
       <c r="E632" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45667</v>
+        <v>890</v>
+      </c>
+      <c r="F632" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="633" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A633" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B633" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>71863011250</v>
+        <v>1168</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1173</v>
       </c>
       <c r="D633" t="s">
-        <v>637</v>
+        <v>896</v>
       </c>
       <c r="E633" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45301</v>
+        <v>890</v>
+      </c>
+      <c r="F633" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="634" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A634" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B634" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>71863011250</v>
+        <v>1168</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1174</v>
       </c>
       <c r="D634" t="s">
-        <v>637</v>
+        <v>1175</v>
       </c>
       <c r="E634" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>45667</v>
+        <v>890</v>
+      </c>
+      <c r="F634" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="635" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A635" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B635" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002446</v>
+        <v>1176</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1177</v>
       </c>
       <c r="D635" t="s">
-        <v>639</v>
+        <v>1178</v>
       </c>
       <c r="E635" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1179</v>
+      </c>
+      <c r="F635" s="13">
+        <v>45293</v>
       </c>
     </row>
     <row r="636" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A636" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B636" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002426</v>
+        <v>1176</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1177</v>
       </c>
       <c r="D636" t="s">
-        <v>639</v>
+        <v>1178</v>
       </c>
       <c r="E636" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1179</v>
+      </c>
+      <c r="F636" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="637" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A637" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B637" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002546</v>
+        <v>1176</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1180</v>
       </c>
       <c r="D637" t="s">
-        <v>640</v>
+        <v>1181</v>
       </c>
       <c r="E637" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1179</v>
+      </c>
+      <c r="F637" s="13">
+        <v>45293</v>
       </c>
     </row>
     <row r="638" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A638" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B638" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002526</v>
+        <v>1176</v>
+      </c>
+      <c r="C638" t="s">
+        <v>1180</v>
       </c>
       <c r="D638" t="s">
-        <v>640</v>
+        <v>1181</v>
       </c>
       <c r="E638" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1179</v>
+      </c>
+      <c r="F638" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="639" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A639" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B639" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002326</v>
+        <v>1182</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1183</v>
       </c>
       <c r="D639" t="s">
-        <v>641</v>
+        <v>1184</v>
       </c>
       <c r="E639" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F639" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="640" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A640" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B640" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388002346</v>
+        <v>1182</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1183</v>
       </c>
       <c r="D640" t="s">
-        <v>641</v>
+        <v>1184</v>
       </c>
       <c r="E640" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F640" s="12">
+        <v>653</v>
+      </c>
+      <c r="F640" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="641" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A641" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B641" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>42388001214</v>
+        <v>1185</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1186</v>
       </c>
       <c r="D641" t="s">
-        <v>642</v>
+        <v>1187</v>
       </c>
       <c r="E641" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F641" s="13">
+        <v>45754</v>
       </c>
     </row>
     <row r="642" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A642" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B642" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>48102005305</v>
+        <v>1185</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1188</v>
       </c>
       <c r="D642" t="s">
-        <v>644</v>
+        <v>1189</v>
       </c>
       <c r="E642" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F642" s="13">
+        <v>45754</v>
       </c>
     </row>
     <row r="643" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A643" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B643" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-        <v>55566105001</v>
+        <v>1185</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1190</v>
       </c>
       <c r="D643" t="s">
-        <v>646</v>
+        <v>1191</v>
       </c>
       <c r="E643" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45841</v>
+        <v>31</v>
+      </c>
+      <c r="F643" s="13">
+        <v>45754</v>
       </c>
     </row>
     <row r="644" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A644" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B644" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242013001</v>
+        <v>1185</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1192</v>
       </c>
       <c r="D644" t="s">
-        <v>648</v>
+        <v>1193</v>
       </c>
       <c r="E644" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F644" s="12">
+        <v>31</v>
+      </c>
+      <c r="F644" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="645" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A645" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B645" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242071701</v>
+        <v>1185</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1194</v>
       </c>
       <c r="D645" t="s">
-        <v>649</v>
+        <v>1195</v>
       </c>
       <c r="E645" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F645" s="12">
+        <v>31</v>
+      </c>
+      <c r="F645" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="646" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A646" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B646" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242010040</v>
+        <v>1185</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1196</v>
       </c>
       <c r="D646" t="s">
-        <v>650</v>
+        <v>1197</v>
       </c>
       <c r="E646" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="F646" s="12">
+        <v>31</v>
+      </c>
+      <c r="F646" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="647" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A647" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B647" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242092201</v>
+        <v>1185</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1198</v>
       </c>
       <c r="D647" t="s">
-        <v>651</v>
+        <v>1199</v>
       </c>
       <c r="E647" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F647" s="12">
+        <v>31</v>
+      </c>
+      <c r="F647" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="648" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A648" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B648" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242092301</v>
+        <v>1185</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1200</v>
       </c>
       <c r="D648" t="s">
-        <v>652</v>
+        <v>1201</v>
       </c>
       <c r="E648" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F648" s="12">
+        <v>31</v>
+      </c>
+      <c r="F648" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="649" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A649" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B649" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242092001</v>
+        <v>1202</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1203</v>
       </c>
       <c r="D649" t="s">
-        <v>653</v>
+        <v>1204</v>
       </c>
       <c r="E649" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1205</v>
+      </c>
+      <c r="F649" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="650" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A650" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B650" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242093001</v>
+        <v>1202</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1203</v>
       </c>
       <c r="D650" t="s">
-        <v>654</v>
+        <v>1204</v>
       </c>
       <c r="E650" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="F650" s="12">
+        <v>1205</v>
+      </c>
+      <c r="F650" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="651" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A651" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B651" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242092101</v>
+        <v>1206</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1207</v>
       </c>
       <c r="D651" t="s">
-        <v>655</v>
+        <v>1208</v>
       </c>
       <c r="E651" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F651" s="13">
+        <v>45560</v>
       </c>
     </row>
     <row r="652" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A652" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B652" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242009490</v>
+        <v>1206</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1207</v>
       </c>
       <c r="D652" t="s">
-        <v>656</v>
+        <v>1208</v>
       </c>
       <c r="E652" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F652" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="653" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A653" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B653" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242015001</v>
+        <v>1209</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1210</v>
       </c>
       <c r="D653" t="s">
-        <v>657</v>
+        <v>1211</v>
       </c>
       <c r="E653" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F653" s="13">
+        <v>45453</v>
       </c>
     </row>
     <row r="654" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A654" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B654" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242021501</v>
+        <v>1212</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1213</v>
       </c>
       <c r="D654" t="s">
-        <v>658</v>
+        <v>1214</v>
       </c>
       <c r="E654" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>101</v>
+      </c>
+      <c r="F654" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="655" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A655" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B655" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242022755</v>
+        <v>1215</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1216</v>
       </c>
       <c r="D655" t="s">
-        <v>659</v>
+        <v>1217</v>
       </c>
       <c r="E655" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>876</v>
+      </c>
+      <c r="F655" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="656" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A656" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B656" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242022701</v>
+        <v>1215</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1218</v>
       </c>
       <c r="D656" t="s">
-        <v>660</v>
+        <v>1219</v>
       </c>
       <c r="E656" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>611</v>
+      </c>
+      <c r="F656" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="657" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A657" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B657" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242017507</v>
+        <v>1215</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1220</v>
       </c>
       <c r="D657" t="s">
-        <v>661</v>
+        <v>1221</v>
       </c>
       <c r="E657" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>611</v>
+      </c>
+      <c r="F657" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="658" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A658" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B658" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242000701</v>
+        <v>518</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1222</v>
       </c>
       <c r="D658" t="s">
-        <v>662</v>
+        <v>1223</v>
       </c>
       <c r="E658" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F658" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="659" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A659" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B659" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242014301</v>
+        <v>518</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1224</v>
       </c>
       <c r="D659" t="s">
-        <v>663</v>
+        <v>1225</v>
       </c>
       <c r="E659" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F659" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="660" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A660" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B660" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242013801</v>
+        <v>518</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1226</v>
       </c>
       <c r="D660" t="s">
-        <v>664</v>
+        <v>1227</v>
       </c>
       <c r="E660" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F660" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="661" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A661" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B661" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242009002</v>
+        <v>518</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1228</v>
       </c>
       <c r="D661" t="s">
-        <v>665</v>
+        <v>1229</v>
       </c>
       <c r="E661" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F661" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="662" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A662" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B662" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>50242014001</v>
+        <v>518</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1230</v>
       </c>
       <c r="D662" t="s">
-        <v>666</v>
+        <v>1231</v>
       </c>
       <c r="E662" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F662" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="663" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A663" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B663" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468004001</v>
+        <v>518</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1232</v>
       </c>
       <c r="D663" t="s">
-        <v>668</v>
+        <v>1233</v>
       </c>
       <c r="E663" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F663" s="12">
+        <v>599</v>
+      </c>
+      <c r="F663" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="664" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A664" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B664" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468004101</v>
+        <v>518</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1234</v>
       </c>
       <c r="D664" t="s">
-        <v>669</v>
+        <v>1235</v>
       </c>
       <c r="E664" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F664" s="12">
+        <v>599</v>
+      </c>
+      <c r="F664" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="665" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A665" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B665" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468042601</v>
+        <v>518</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1236</v>
       </c>
       <c r="D665" t="s">
-        <v>670</v>
+        <v>1237</v>
       </c>
       <c r="E665" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>67</v>
+      </c>
+      <c r="F665" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="666" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A666" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B666" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468022501</v>
+        <v>518</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1238</v>
       </c>
       <c r="D666" t="s">
-        <v>671</v>
+        <v>1239</v>
       </c>
       <c r="E666" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>67</v>
+      </c>
+      <c r="F666" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="667" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A667" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B667" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468022001</v>
+        <v>518</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1240</v>
       </c>
       <c r="D667" t="s">
-        <v>672</v>
+        <v>1241</v>
       </c>
       <c r="E667" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F667" s="12">
+        <v>67</v>
+      </c>
+      <c r="F667" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="668" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A668" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B668" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468021004</v>
+        <v>518</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1242</v>
       </c>
       <c r="D668" t="s">
-        <v>673</v>
+        <v>1243</v>
       </c>
       <c r="E668" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="F668" s="12">
+        <v>67</v>
+      </c>
+      <c r="F668" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="669" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A669" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B669" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>58468021104</v>
+        <v>518</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1244</v>
       </c>
       <c r="D669" t="s">
-        <v>674</v>
+        <v>1245</v>
       </c>
       <c r="E669" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="F669" s="12">
+        <v>67</v>
+      </c>
+      <c r="F669" s="13">
         <v>45660</v>
       </c>
     </row>
     <row r="670" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A670" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B670" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958080201</v>
+        <v>1246</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1247</v>
       </c>
       <c r="D670" t="s">
-        <v>676</v>
+        <v>1248</v>
       </c>
       <c r="E670" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F670" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="671" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A671" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B671" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958080101</v>
+        <v>1246</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1249</v>
       </c>
       <c r="D671" t="s">
-        <v>677</v>
+        <v>1250</v>
       </c>
       <c r="E671" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F671" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="672" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A672" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B672" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958090101</v>
+        <v>1246</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1251</v>
       </c>
       <c r="D672" t="s">
-        <v>678</v>
+        <v>1252</v>
       </c>
       <c r="E672" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1144</v>
+      </c>
+      <c r="F672" s="13">
+        <v>45315</v>
       </c>
     </row>
     <row r="673" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A673" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B673" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958250101</v>
+        <v>1246</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1253</v>
       </c>
       <c r="D673" t="s">
-        <v>679</v>
+        <v>1254</v>
       </c>
       <c r="E673" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F673" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="674" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A674" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B674" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958190101</v>
+        <v>1246</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1255</v>
       </c>
       <c r="D674" t="s">
-        <v>681</v>
+        <v>1256</v>
       </c>
       <c r="E674" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F674" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="675" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A675" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B675" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958170101</v>
+        <v>1246</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1257</v>
       </c>
       <c r="D675" t="s">
-        <v>682</v>
+        <v>1258</v>
       </c>
       <c r="E675" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F675" s="13">
+        <v>45685</v>
       </c>
     </row>
     <row r="676" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A676" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B676" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>61958170201</v>
+        <v>1259</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1260</v>
       </c>
       <c r="D676" t="s">
-        <v>683</v>
+        <v>1261</v>
       </c>
       <c r="E676" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F676" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="677" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A677" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B677" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401008835</v>
+        <v>1259</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1262</v>
       </c>
       <c r="D677" t="s">
-        <v>685</v>
+        <v>1263</v>
       </c>
       <c r="E677" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>653</v>
+      </c>
+      <c r="F677" s="13">
+        <v>45303</v>
       </c>
     </row>
     <row r="678" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A678" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B678" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401008835</v>
+        <v>1259</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1262</v>
       </c>
       <c r="D678" t="s">
-        <v>685</v>
+        <v>1263</v>
       </c>
       <c r="E678" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F678" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="679" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A679" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B679" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401008847</v>
+        <v>1259</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1264</v>
       </c>
       <c r="D679" t="s">
-        <v>686</v>
+        <v>1265</v>
       </c>
       <c r="E679" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>653</v>
+      </c>
+      <c r="F679" s="13">
+        <v>45303</v>
       </c>
     </row>
     <row r="680" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A680" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B680" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401008847</v>
+        <v>1259</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1264</v>
       </c>
       <c r="D680" t="s">
-        <v>686</v>
+        <v>1265</v>
       </c>
       <c r="E680" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F680" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="681" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A681" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B681" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401010201</v>
+        <v>1259</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1266</v>
       </c>
       <c r="D681" t="s">
-        <v>687</v>
+        <v>1267</v>
       </c>
       <c r="E681" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>619</v>
+      </c>
+      <c r="F681" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="682" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A682" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B682" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401010201</v>
+        <v>1268</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1269</v>
       </c>
       <c r="D682" t="s">
-        <v>687</v>
+        <v>1270</v>
       </c>
       <c r="E682" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F682" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="683" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A683" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B683" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>49401010201</v>
+        <v>1268</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1269</v>
       </c>
       <c r="D683" t="s">
-        <v>687</v>
+        <v>1270</v>
       </c>
       <c r="E683" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F683" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="684" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A684" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B684" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>173052700</v>
+        <v>1268</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1271</v>
       </c>
       <c r="D684" t="s">
-        <v>688</v>
+        <v>1272</v>
       </c>
       <c r="E684" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F684" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="685" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A685" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B685" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>173089201</v>
+        <v>1268</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1271</v>
       </c>
       <c r="D685" t="s">
-        <v>689</v>
+        <v>1272</v>
       </c>
       <c r="E685" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F685" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="686" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A686" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B686" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010330</v>
+        <v>1273</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1274</v>
       </c>
       <c r="D686" t="s">
-        <v>690</v>
+        <v>1275</v>
       </c>
       <c r="E686" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>599</v>
+      </c>
+      <c r="F686" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="687" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A687" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B687" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010330</v>
+        <v>1273</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1274</v>
       </c>
       <c r="D687" t="s">
-        <v>690</v>
+        <v>1275</v>
       </c>
       <c r="E687" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F687" s="12">
+        <v>599</v>
+      </c>
+      <c r="F687" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="688" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A688" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B688" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010230</v>
+        <v>1276</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1277</v>
       </c>
       <c r="D688" t="s">
-        <v>691</v>
+        <v>1278</v>
       </c>
       <c r="E688" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>67</v>
+      </c>
+      <c r="F688" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="689" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A689" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B689" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010230</v>
+        <v>1276</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1277</v>
       </c>
       <c r="D689" t="s">
-        <v>691</v>
+        <v>1278</v>
       </c>
       <c r="E689" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F689" s="12">
+        <v>67</v>
+      </c>
+      <c r="F689" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="690" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A690" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B690" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010130</v>
+        <v>1279</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1280</v>
       </c>
       <c r="D690" t="s">
-        <v>692</v>
+        <v>1281</v>
       </c>
       <c r="E690" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>159</v>
+      </c>
+      <c r="F690" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="691" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A691" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B691" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>81864010130</v>
+        <v>1279</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1282</v>
       </c>
       <c r="D691" t="s">
-        <v>692</v>
+        <v>1283</v>
       </c>
       <c r="E691" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F691" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="692" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A692" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B692" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>173090913</v>
+        <v>1279</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1284</v>
       </c>
       <c r="D692" t="s">
-        <v>693</v>
+        <v>1285</v>
       </c>
       <c r="E692" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F692" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="693" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A693" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B693" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>173091213</v>
+        <v>526</v>
+      </c>
+      <c r="C693" t="s">
+        <v>527</v>
       </c>
       <c r="D693" t="s">
-        <v>694</v>
+        <v>528</v>
       </c>
       <c r="E693" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F693" s="12">
+        <v>196</v>
+      </c>
+      <c r="F693" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="694" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A694" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B694" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>13533080071</v>
+        <v>1286</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1287</v>
       </c>
       <c r="D694" t="s">
-        <v>529</v>
+        <v>1288</v>
       </c>
       <c r="E694" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F694" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="695" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A695" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B695" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>13533080024</v>
+        <v>1286</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1287</v>
       </c>
       <c r="D695" t="s">
-        <v>531</v>
+        <v>1288</v>
       </c>
       <c r="E695" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F695" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="696" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A696" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B696" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>13533080040</v>
+        <v>1286</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1289</v>
       </c>
       <c r="D696" t="s">
-        <v>696</v>
+        <v>1290</v>
       </c>
       <c r="E696" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F696" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="697" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A697" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B697" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>13533080020</v>
+        <v>1286</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1289</v>
       </c>
       <c r="D697" t="s">
-        <v>533</v>
+        <v>1290</v>
       </c>
       <c r="E697" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F697" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="698" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A698" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B698" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>13533081020</v>
+        <v>1286</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1291</v>
       </c>
       <c r="D698" t="s">
-        <v>697</v>
+        <v>1292</v>
       </c>
       <c r="E698" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F698" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="699" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A699" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B699" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>72028017803</v>
+        <v>1286</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1291</v>
       </c>
       <c r="D699" t="s">
-        <v>699</v>
+        <v>1292</v>
       </c>
       <c r="E699" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45293</v>
+        <v>31</v>
+      </c>
+      <c r="F699" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="700" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A700" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B700" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>72028017803</v>
+        <v>1286</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1293</v>
       </c>
       <c r="D700" t="s">
-        <v>699</v>
+        <v>1294</v>
       </c>
       <c r="E700" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>599</v>
+      </c>
+      <c r="F700" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="701" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A701" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B701" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>72028004503</v>
+        <v>1286</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1293</v>
       </c>
       <c r="D701" t="s">
-        <v>700</v>
+        <v>1294</v>
       </c>
       <c r="E701" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45293</v>
+        <v>599</v>
+      </c>
+      <c r="F701" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="702" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A702" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B702" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>72028004503</v>
+        <v>1286</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1295</v>
       </c>
       <c r="D702" t="s">
-        <v>700</v>
+        <v>1296</v>
       </c>
       <c r="E702" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>67</v>
+      </c>
+      <c r="F702" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="703" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A703" t="s">
+        <v>581</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C703" t="s">
         <v>1297</v>
       </c>
-      <c r="B703" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D703" t="s">
-        <v>702</v>
+        <v>1296</v>
       </c>
       <c r="E703" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="F703" s="12">
+        <v>67</v>
+      </c>
+      <c r="F703" s="13">
         <v>45292</v>
       </c>
     </row>
     <row r="704" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A704" t="s">
+        <v>581</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C704" t="s">
         <v>1297</v>
       </c>
-      <c r="B704" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D704" t="s">
-        <v>702</v>
+        <v>1296</v>
       </c>
       <c r="E704" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="F704" s="12">
+        <v>67</v>
+      </c>
+      <c r="F704" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="705" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A705" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B705" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881002801</v>
+        <v>1286</v>
+      </c>
+      <c r="C705" t="s">
+        <v>1295</v>
       </c>
       <c r="D705" t="s">
-        <v>704</v>
+        <v>1296</v>
       </c>
       <c r="E705" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45754</v>
+        <v>67</v>
+      </c>
+      <c r="F705" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="706" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A706" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B706" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881002601</v>
+        <v>1286</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1298</v>
       </c>
       <c r="D706" t="s">
-        <v>705</v>
+        <v>1299</v>
       </c>
       <c r="E706" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45754</v>
+        <v>67</v>
+      </c>
+      <c r="F706" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="707" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A707" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B707" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881002701</v>
+        <v>1286</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1298</v>
       </c>
       <c r="D707" t="s">
-        <v>706</v>
+        <v>1299</v>
       </c>
       <c r="E707" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45754</v>
+        <v>67</v>
+      </c>
+      <c r="F707" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="708" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A708" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B708" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881000705</v>
+        <v>1286</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1300</v>
       </c>
       <c r="D708" t="s">
-        <v>707</v>
+        <v>1301</v>
       </c>
       <c r="E708" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F708" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="709" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A709" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B709" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881001060</v>
+        <v>1286</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1300</v>
       </c>
       <c r="D709" t="s">
-        <v>708</v>
+        <v>1301</v>
       </c>
       <c r="E709" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F709" s="12">
+        <v>31</v>
+      </c>
+      <c r="F709" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="710" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A710" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B710" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881001560</v>
+        <v>1286</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1302</v>
       </c>
       <c r="D710" t="s">
-        <v>709</v>
+        <v>1303</v>
       </c>
       <c r="E710" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F710" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="711" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A711" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B711" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881002060</v>
+        <v>1286</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1302</v>
       </c>
       <c r="D711" t="s">
-        <v>710</v>
+        <v>1303</v>
       </c>
       <c r="E711" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F711" s="12">
+        <v>31</v>
+      </c>
+      <c r="F711" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="712" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A712" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B712" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881002560</v>
+        <v>1304</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1305</v>
       </c>
       <c r="D712" t="s">
-        <v>711</v>
+        <v>1306</v>
       </c>
       <c r="E712" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F712" s="13">
+        <v>45293</v>
       </c>
     </row>
     <row r="713" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A713" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B713" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>50881000560</v>
+        <v>1304</v>
+      </c>
+      <c r="C713" t="s">
+        <v>1307</v>
       </c>
       <c r="D713" t="s">
-        <v>712</v>
+        <v>1308</v>
       </c>
       <c r="E713" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F713" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="714" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A714" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B714" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>71558059028</v>
+        <v>1304</v>
+      </c>
+      <c r="C714" t="s">
+        <v>1309</v>
       </c>
       <c r="D714" t="s">
-        <v>714</v>
+        <v>1310</v>
       </c>
       <c r="E714" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>149</v>
+      </c>
+      <c r="F714" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="715" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A715" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B715" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>71558059028</v>
+        <v>1304</v>
+      </c>
+      <c r="C715" t="s">
+        <v>1311</v>
       </c>
       <c r="D715" t="s">
-        <v>714</v>
+        <v>1312</v>
       </c>
       <c r="E715" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>149</v>
+      </c>
+      <c r="F715" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="716" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A716" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B716" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>69516001030</v>
+        <v>1313</v>
+      </c>
+      <c r="C716" t="s">
+        <v>1314</v>
       </c>
       <c r="D716" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="E716" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45768</v>
+        <v>159</v>
+      </c>
+      <c r="F716" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="717" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A717" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B717" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>69516000530</v>
+        <v>1315</v>
+      </c>
+      <c r="C717" t="s">
+        <v>1316</v>
       </c>
       <c r="D717" t="s">
-        <v>718</v>
+        <v>1317</v>
       </c>
       <c r="E717" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45768</v>
+        <v>31</v>
+      </c>
+      <c r="F717" s="13">
+        <v>45297</v>
       </c>
     </row>
     <row r="718" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A718" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B718" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>83853010101</v>
+        <v>1315</v>
+      </c>
+      <c r="C718" t="s">
+        <v>1316</v>
       </c>
       <c r="D718" t="s">
-        <v>720</v>
+        <v>1317</v>
       </c>
       <c r="E718" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45560</v>
+        <v>31</v>
+      </c>
+      <c r="F718" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="719" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A719" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B719" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>83853010101</v>
+        <v>1315</v>
+      </c>
+      <c r="C719" t="s">
+        <v>1318</v>
       </c>
       <c r="D719" t="s">
-        <v>720</v>
+        <v>1319</v>
       </c>
       <c r="E719" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>1144</v>
+      </c>
+      <c r="F719" s="13">
+        <v>45297</v>
       </c>
     </row>
     <row r="720" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A720" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B720" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>15054008001</v>
+        <v>1315</v>
+      </c>
+      <c r="C720" t="s">
+        <v>1318</v>
       </c>
       <c r="D720" t="s">
-        <v>722</v>
+        <v>1319</v>
       </c>
       <c r="E720" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45453</v>
+        <v>1144</v>
+      </c>
+      <c r="F720" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="721" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A721" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B721" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>11797011002</v>
+        <v>1315</v>
+      </c>
+      <c r="C721" t="s">
+        <v>1320</v>
       </c>
       <c r="D721" t="s">
-        <v>724</v>
+        <v>1321</v>
       </c>
       <c r="E721" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>623</v>
+      </c>
+      <c r="F721" s="13">
+        <v>45390</v>
       </c>
     </row>
     <row r="722" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A722" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B722" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>50458002803</v>
+        <v>1315</v>
+      </c>
+      <c r="C722" t="s">
+        <v>1320</v>
       </c>
       <c r="D722" t="s">
-        <v>726</v>
+        <v>1321</v>
       </c>
       <c r="E722" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>623</v>
+      </c>
+      <c r="F722" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="723" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A723" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B723" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>50458056401</v>
+        <v>1315</v>
+      </c>
+      <c r="C723" t="s">
+        <v>1320</v>
       </c>
       <c r="D723" t="s">
-        <v>727</v>
+        <v>1321</v>
       </c>
       <c r="E723" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F723" s="13">
+        <v>45881</v>
       </c>
     </row>
     <row r="724" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A724" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B724" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>50458060901</v>
+        <v>1315</v>
+      </c>
+      <c r="C724" t="s">
+        <v>1322</v>
       </c>
       <c r="D724" t="s">
-        <v>728</v>
+        <v>1323</v>
       </c>
       <c r="E724" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F724" s="13">
+        <v>45390</v>
       </c>
     </row>
     <row r="725" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A725" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B725" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894015012</v>
+        <v>1315</v>
+      </c>
+      <c r="C725" t="s">
+        <v>1322</v>
       </c>
       <c r="D725" t="s">
-        <v>729</v>
+        <v>1323</v>
       </c>
       <c r="E725" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F725" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="726" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A726" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B726" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894019506</v>
+        <v>1315</v>
+      </c>
+      <c r="C726" t="s">
+        <v>1322</v>
       </c>
       <c r="D726" t="s">
-        <v>730</v>
+        <v>1323</v>
       </c>
       <c r="E726" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F726" s="13">
+        <v>45881</v>
       </c>
     </row>
     <row r="727" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A727" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B727" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894050301</v>
+        <v>1315</v>
+      </c>
+      <c r="C727" t="s">
+        <v>1324</v>
       </c>
       <c r="D727" t="s">
-        <v>731</v>
+        <v>1325</v>
       </c>
       <c r="E727" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>623</v>
+      </c>
+      <c r="F727" s="13">
+        <v>45390</v>
       </c>
     </row>
     <row r="728" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A728" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B728" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894007102</v>
+        <v>1315</v>
+      </c>
+      <c r="C728" t="s">
+        <v>1324</v>
       </c>
       <c r="D728" t="s">
-        <v>732</v>
+        <v>1325</v>
       </c>
       <c r="E728" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F728" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="729" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A729" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B729" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894007101</v>
+        <v>1315</v>
+      </c>
+      <c r="C729" t="s">
+        <v>1324</v>
       </c>
       <c r="D729" t="s">
-        <v>733</v>
+        <v>1325</v>
       </c>
       <c r="E729" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F729" s="13">
+        <v>45881</v>
       </c>
     </row>
     <row r="730" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A730" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B730" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894007002</v>
+        <v>1315</v>
+      </c>
+      <c r="C730" t="s">
+        <v>1326</v>
       </c>
       <c r="D730" t="s">
-        <v>734</v>
+        <v>1327</v>
       </c>
       <c r="E730" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F730" s="13">
+        <v>45390</v>
       </c>
     </row>
     <row r="731" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A731" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B731" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894007001</v>
+        <v>1315</v>
+      </c>
+      <c r="C731" t="s">
+        <v>1326</v>
       </c>
       <c r="D731" t="s">
-        <v>735</v>
+        <v>1327</v>
       </c>
       <c r="E731" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>623</v>
+      </c>
+      <c r="F731" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="732" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A732" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B732" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894064011</v>
+        <v>1315</v>
+      </c>
+      <c r="C732" t="s">
+        <v>1326</v>
       </c>
       <c r="D732" t="s">
-        <v>736</v>
+        <v>1327</v>
       </c>
       <c r="E732" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>623</v>
+      </c>
+      <c r="F732" s="13">
+        <v>45881</v>
       </c>
     </row>
     <row r="733" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A733" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B733" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894064001</v>
+        <v>1315</v>
+      </c>
+      <c r="C733" t="s">
+        <v>1328</v>
       </c>
       <c r="D733" t="s">
-        <v>737</v>
+        <v>1329</v>
       </c>
       <c r="E733" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>88</v>
+      </c>
+      <c r="F733" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="734" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A734" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B734" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894006002</v>
+        <v>1330</v>
+      </c>
+      <c r="C734" t="s">
+        <v>1331</v>
       </c>
       <c r="D734" t="s">
-        <v>738</v>
+        <v>1332</v>
       </c>
       <c r="E734" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>31</v>
+      </c>
+      <c r="F734" s="13">
+        <v>45302</v>
       </c>
     </row>
     <row r="735" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A735" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B735" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894006003</v>
+        <v>1330</v>
+      </c>
+      <c r="C735" t="s">
+        <v>1331</v>
       </c>
       <c r="D735" t="s">
-        <v>739</v>
+        <v>1332</v>
       </c>
       <c r="E735" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>31</v>
+      </c>
+      <c r="F735" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="736" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A736" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B736" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>57894006103</v>
+        <v>1333</v>
+      </c>
+      <c r="C736" t="s">
+        <v>1334</v>
       </c>
       <c r="D736" t="s">
-        <v>740</v>
+        <v>1335</v>
       </c>
       <c r="E736" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>590</v>
+      </c>
+      <c r="F736" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="737" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A737" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B737" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676060430</v>
+        <v>1336</v>
+      </c>
+      <c r="C737" t="s">
+        <v>1337</v>
       </c>
       <c r="D737" t="s">
-        <v>742</v>
+        <v>1338</v>
       </c>
       <c r="E737" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F737" s="13">
+        <v>45383</v>
       </c>
     </row>
     <row r="738" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A738" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B738" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676060012</v>
+        <v>1336</v>
+      </c>
+      <c r="C738" t="s">
+        <v>1337</v>
       </c>
       <c r="D738" t="s">
-        <v>743</v>
+        <v>1338</v>
       </c>
       <c r="E738" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F738" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="739" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A739" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B739" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676080030</v>
+        <v>1336</v>
+      </c>
+      <c r="C739" t="s">
+        <v>1337</v>
       </c>
       <c r="D739" t="s">
-        <v>744</v>
+        <v>1338</v>
       </c>
       <c r="E739" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45315</v>
+        <v>101</v>
+      </c>
+      <c r="F739" s="13">
+        <v>45717</v>
       </c>
     </row>
     <row r="740" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A740" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B740" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676003056</v>
+        <v>1339</v>
+      </c>
+      <c r="C740" t="s">
+        <v>1340</v>
       </c>
       <c r="D740" t="s">
-        <v>745</v>
+        <v>1341</v>
       </c>
       <c r="E740" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>587</v>
+      </c>
+      <c r="F740" s="13">
+        <v>45657</v>
       </c>
     </row>
     <row r="741" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A741" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B741" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676003084</v>
+        <v>1339</v>
+      </c>
+      <c r="C741" t="s">
+        <v>1342</v>
       </c>
       <c r="D741" t="s">
-        <v>746</v>
+        <v>1343</v>
       </c>
       <c r="E741" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>587</v>
+      </c>
+      <c r="F741" s="13">
+        <v>45657</v>
       </c>
     </row>
     <row r="742" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A742" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B742" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>59676061001</v>
+        <v>1344</v>
+      </c>
+      <c r="C742" t="s">
+        <v>1345</v>
       </c>
       <c r="D742" t="s">
-        <v>747</v>
+        <v>1346</v>
       </c>
       <c r="E742" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45685</v>
+        <v>619</v>
+      </c>
+      <c r="F742" s="13">
+        <v>45617</v>
       </c>
     </row>
     <row r="743" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A743" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B743" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>68727015001</v>
+        <v>1344</v>
+      </c>
+      <c r="C743" t="s">
+        <v>1347</v>
       </c>
       <c r="D743" t="s">
-        <v>749</v>
+        <v>1348</v>
       </c>
       <c r="E743" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F743" s="13">
+        <v>45617</v>
       </c>
     </row>
     <row r="744" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A744" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B744" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>70127010010</v>
+        <v>1344</v>
+      </c>
+      <c r="C744" t="s">
+        <v>1349</v>
       </c>
       <c r="D744" t="s">
-        <v>750</v>
+        <v>1350</v>
       </c>
       <c r="E744" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45303</v>
+        <v>619</v>
+      </c>
+      <c r="F744" s="13">
+        <v>45617</v>
       </c>
     </row>
     <row r="745" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A745" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B745" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>70127010010</v>
+        <v>529</v>
+      </c>
+      <c r="C745" t="s">
+        <v>1351</v>
       </c>
       <c r="D745" t="s">
-        <v>750</v>
+        <v>1352</v>
       </c>
       <c r="E745" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="F745" s="12">
+        <v>31</v>
+      </c>
+      <c r="F745" s="13">
         <v>45671</v>
       </c>
     </row>
     <row r="746" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A746" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B746" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>70127010060</v>
+        <v>529</v>
+      </c>
+      <c r="C746" t="s">
+        <v>1353</v>
       </c>
       <c r="D746" t="s">
-        <v>751</v>
+        <v>1354</v>
       </c>
       <c r="E746" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45303</v>
+        <v>31</v>
+      </c>
+      <c r="F746" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="747" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A747" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B747" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>70127010060</v>
+        <v>529</v>
+      </c>
+      <c r="C747" t="s">
+        <v>1355</v>
       </c>
       <c r="D747" t="s">
-        <v>751</v>
+        <v>1356</v>
       </c>
       <c r="E747" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="F747" s="12">
+        <v>31</v>
+      </c>
+      <c r="F747" s="13">
         <v>45671</v>
       </c>
     </row>
     <row r="748" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A748" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B748" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>68727010001</v>
+        <v>529</v>
+      </c>
+      <c r="C748" t="s">
+        <v>1357</v>
       </c>
       <c r="D748" t="s">
-        <v>752</v>
+        <v>1358</v>
       </c>
       <c r="E748" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="F748" s="12">
+        <v>31</v>
+      </c>
+      <c r="F748" s="13">
         <v>45671</v>
       </c>
     </row>
     <row r="749" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A749" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B749" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010103</v>
+        <v>529</v>
+      </c>
+      <c r="C749" t="s">
+        <v>1359</v>
       </c>
       <c r="D749" t="s">
-        <v>754</v>
+        <v>1360</v>
       </c>
       <c r="E749" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F749" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="750" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A750" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B750" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010103</v>
+        <v>529</v>
+      </c>
+      <c r="C750" t="s">
+        <v>1361</v>
       </c>
       <c r="D750" t="s">
-        <v>754</v>
+        <v>1362</v>
       </c>
       <c r="E750" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F750" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="751" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A751" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B751" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010104</v>
+        <v>529</v>
+      </c>
+      <c r="C751" t="s">
+        <v>1363</v>
       </c>
       <c r="D751" t="s">
-        <v>755</v>
+        <v>1364</v>
       </c>
       <c r="E751" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F751" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="752" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A752" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B752" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010104</v>
+        <v>529</v>
+      </c>
+      <c r="C752" t="s">
+        <v>1365</v>
       </c>
       <c r="D752" t="s">
-        <v>755</v>
+        <v>1366</v>
       </c>
       <c r="E752" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F752" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="753" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A753" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B753" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010206</v>
+        <v>529</v>
+      </c>
+      <c r="C753" t="s">
+        <v>1367</v>
       </c>
       <c r="D753" t="s">
-        <v>756</v>
+        <v>1368</v>
       </c>
       <c r="E753" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F753" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="754" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A754" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B754" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010202</v>
+        <v>529</v>
+      </c>
+      <c r="C754" t="s">
+        <v>1369</v>
       </c>
       <c r="D754" t="s">
-        <v>756</v>
+        <v>1370</v>
       </c>
       <c r="E754" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F754" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="755" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A755" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B755" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010202</v>
+        <v>529</v>
+      </c>
+      <c r="C755" t="s">
+        <v>1371</v>
       </c>
       <c r="D755" t="s">
-        <v>756</v>
+        <v>1372</v>
       </c>
       <c r="E755" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1001</v>
+      </c>
+      <c r="F755" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="756" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A756" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B756" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010206</v>
+        <v>529</v>
+      </c>
+      <c r="C756" t="s">
+        <v>1373</v>
       </c>
       <c r="D756" t="s">
-        <v>756</v>
+        <v>1374</v>
       </c>
       <c r="E756" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1001</v>
+      </c>
+      <c r="F756" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="757" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A757" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B757" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010305</v>
+        <v>529</v>
+      </c>
+      <c r="C757" t="s">
+        <v>1375</v>
       </c>
       <c r="D757" t="s">
-        <v>757</v>
+        <v>1376</v>
       </c>
       <c r="E757" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1001</v>
+      </c>
+      <c r="F757" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="758" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A758" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B758" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010305</v>
+        <v>529</v>
+      </c>
+      <c r="C758" t="s">
+        <v>1377</v>
       </c>
       <c r="D758" t="s">
-        <v>757</v>
+        <v>1378</v>
       </c>
       <c r="E758" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1001</v>
+      </c>
+      <c r="F758" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="759" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A759" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B759" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010401</v>
+        <v>529</v>
+      </c>
+      <c r="C759" t="s">
+        <v>1379</v>
       </c>
       <c r="D759" t="s">
-        <v>758</v>
+        <v>1380</v>
       </c>
       <c r="E759" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>657</v>
+      </c>
+      <c r="F759" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="760" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A760" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B760" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>72237010401</v>
+        <v>529</v>
+      </c>
+      <c r="C760" t="s">
+        <v>1381</v>
       </c>
       <c r="D760" t="s">
-        <v>758</v>
+        <v>1382</v>
       </c>
       <c r="E760" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>657</v>
+      </c>
+      <c r="F760" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="761" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A761" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B761" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>76125090020</v>
+        <v>529</v>
+      </c>
+      <c r="C761" t="s">
+        <v>1383</v>
       </c>
       <c r="D761" t="s">
-        <v>531</v>
+        <v>1384</v>
       </c>
       <c r="E761" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>657</v>
+      </c>
+      <c r="F761" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="762" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A762" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B762" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>76125090020</v>
+        <v>529</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1385</v>
       </c>
       <c r="D762" t="s">
-        <v>531</v>
+        <v>1386</v>
       </c>
       <c r="E762" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>657</v>
+      </c>
+      <c r="F762" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="763" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A763" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B763" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>76125090020</v>
+        <v>529</v>
+      </c>
+      <c r="C763" t="s">
+        <v>1387</v>
       </c>
       <c r="D763" t="s">
-        <v>531</v>
+        <v>1388</v>
       </c>
       <c r="E763" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>45823</v>
+        <v>657</v>
+      </c>
+      <c r="F763" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="764" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A764" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B764" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>73604091404</v>
+        <v>529</v>
+      </c>
+      <c r="C764" t="s">
+        <v>1389</v>
       </c>
       <c r="D764" t="s">
-        <v>761</v>
+        <v>1390</v>
       </c>
       <c r="E764" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F764" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="765" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A765" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B765" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>73604091404</v>
+        <v>529</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1391</v>
       </c>
       <c r="D765" t="s">
-        <v>761</v>
+        <v>1392</v>
       </c>
       <c r="E765" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F765" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="766" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A766" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B766" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>82194051002</v>
+        <v>529</v>
+      </c>
+      <c r="C766" t="s">
+        <v>1393</v>
       </c>
       <c r="D766" t="s">
-        <v>763</v>
+        <v>1394</v>
       </c>
       <c r="E766" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>31</v>
+      </c>
+      <c r="F766" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="767" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A767" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B767" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>82194051002</v>
+        <v>529</v>
+      </c>
+      <c r="C767" t="s">
+        <v>1395</v>
       </c>
       <c r="D767" t="s">
-        <v>763</v>
+        <v>1396</v>
       </c>
       <c r="E767" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F767" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="768" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A768" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B768" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>42747010201</v>
+        <v>529</v>
+      </c>
+      <c r="C768" t="s">
+        <v>1397</v>
       </c>
       <c r="D768" t="s">
-        <v>765</v>
+        <v>1398</v>
       </c>
       <c r="E768" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F768" s="13">
+        <v>45552</v>
       </c>
     </row>
     <row r="769" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A769" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B769" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>42747020301</v>
+        <v>529</v>
+      </c>
+      <c r="C769" t="s">
+        <v>1399</v>
       </c>
       <c r="D769" t="s">
-        <v>766</v>
+        <v>1400</v>
       </c>
       <c r="E769" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>143</v>
+      </c>
+      <c r="F769" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="770" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A770" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B770" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>42747030401</v>
+        <v>529</v>
+      </c>
+      <c r="C770" t="s">
+        <v>1401</v>
       </c>
       <c r="D770" t="s">
-        <v>767</v>
+        <v>1402</v>
       </c>
       <c r="E770" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F770" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="771" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A771" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B771" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>54482002002</v>
+        <v>529</v>
+      </c>
+      <c r="C771" t="s">
+        <v>1403</v>
       </c>
       <c r="D771" t="s">
-        <v>287</v>
+        <v>1404</v>
       </c>
       <c r="E771" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F771" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="772" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A772" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B772" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2481554</v>
+        <v>529</v>
+      </c>
+      <c r="C772" t="s">
+        <v>1405</v>
       </c>
       <c r="D772" t="s">
-        <v>769</v>
+        <v>1406</v>
       </c>
       <c r="E772" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F772" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="773" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A773" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B773" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2481554</v>
+        <v>529</v>
+      </c>
+      <c r="C773" t="s">
+        <v>1407</v>
       </c>
       <c r="D773" t="s">
-        <v>769</v>
+        <v>1408</v>
       </c>
       <c r="E773" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F773" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="774" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A774" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B774" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2533754</v>
+        <v>529</v>
+      </c>
+      <c r="C774" t="s">
+        <v>1409</v>
       </c>
       <c r="D774" t="s">
-        <v>770</v>
+        <v>1410</v>
       </c>
       <c r="E774" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F774" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="775" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A775" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B775" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2533754</v>
+        <v>529</v>
+      </c>
+      <c r="C775" t="s">
+        <v>1411</v>
       </c>
       <c r="D775" t="s">
-        <v>770</v>
+        <v>1410</v>
       </c>
       <c r="E775" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F775" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="776" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A776" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B776" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2621654</v>
+        <v>529</v>
+      </c>
+      <c r="C776" t="s">
+        <v>1412</v>
       </c>
       <c r="D776" t="s">
-        <v>771</v>
+        <v>1413</v>
       </c>
       <c r="E776" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F776" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="777" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A777" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B777" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2621654</v>
+        <v>529</v>
+      </c>
+      <c r="C777" t="s">
+        <v>1414</v>
       </c>
       <c r="D777" t="s">
-        <v>771</v>
+        <v>1413</v>
       </c>
       <c r="E777" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F777" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="778" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A778" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B778" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2448354</v>
+        <v>529</v>
+      </c>
+      <c r="C778" t="s">
+        <v>1415</v>
       </c>
       <c r="D778" t="s">
-        <v>772</v>
+        <v>1416</v>
       </c>
       <c r="E778" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F778" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="779" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A779" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B779" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2448354</v>
+        <v>529</v>
+      </c>
+      <c r="C779" t="s">
+        <v>1417</v>
       </c>
       <c r="D779" t="s">
-        <v>772</v>
+        <v>1418</v>
       </c>
       <c r="E779" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F779" s="13">
+        <v>45476</v>
       </c>
     </row>
     <row r="780" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A780" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B780" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2418230</v>
+        <v>529</v>
+      </c>
+      <c r="C780" t="s">
+        <v>1419</v>
       </c>
       <c r="D780" t="s">
-        <v>773</v>
+        <v>1420</v>
       </c>
       <c r="E780" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>619</v>
+      </c>
+      <c r="F780" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="781" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A781" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B781" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2418230</v>
+        <v>529</v>
+      </c>
+      <c r="C781" t="s">
+        <v>1421</v>
       </c>
       <c r="D781" t="s">
-        <v>773</v>
+        <v>1422</v>
       </c>
       <c r="E781" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F781" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="782" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A782" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B782" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2447930</v>
+        <v>529</v>
+      </c>
+      <c r="C782" t="s">
+        <v>1423</v>
       </c>
       <c r="D782" t="s">
-        <v>774</v>
+        <v>1424</v>
       </c>
       <c r="E782" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F782" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="783" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A783" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B783" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2447930</v>
+        <v>529</v>
+      </c>
+      <c r="C783" t="s">
+        <v>1425</v>
       </c>
       <c r="D783" t="s">
-        <v>774</v>
+        <v>1426</v>
       </c>
       <c r="E783" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F783" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="784" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A784" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B784" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143380</v>
+        <v>529</v>
+      </c>
+      <c r="C784" t="s">
+        <v>1427</v>
       </c>
       <c r="D784" t="s">
-        <v>775</v>
+        <v>1428</v>
       </c>
       <c r="E784" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>67</v>
+      </c>
+      <c r="F784" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="785" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A785" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B785" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143380</v>
+        <v>529</v>
+      </c>
+      <c r="C785" t="s">
+        <v>1429</v>
       </c>
       <c r="D785" t="s">
-        <v>775</v>
+        <v>1428</v>
       </c>
       <c r="E785" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>67</v>
+      </c>
+      <c r="F785" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="786" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A786" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B786" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143480</v>
+        <v>529</v>
+      </c>
+      <c r="C786" t="s">
+        <v>1430</v>
       </c>
       <c r="D786" t="s">
-        <v>776</v>
+        <v>1431</v>
       </c>
       <c r="E786" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>67</v>
+      </c>
+      <c r="F786" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="787" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A787" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B787" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143480</v>
+        <v>529</v>
+      </c>
+      <c r="C787" t="s">
+        <v>1432</v>
       </c>
       <c r="D787" t="s">
-        <v>776</v>
+        <v>1431</v>
       </c>
       <c r="E787" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>67</v>
+      </c>
+      <c r="F787" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="788" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A788" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B788" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2223680</v>
+        <v>529</v>
+      </c>
+      <c r="C788" t="s">
+        <v>1433</v>
       </c>
       <c r="D788" t="s">
-        <v>777</v>
+        <v>1434</v>
       </c>
       <c r="E788" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>67</v>
+      </c>
+      <c r="F788" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="789" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A789" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B789" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2223680</v>
+        <v>529</v>
+      </c>
+      <c r="C789" t="s">
+        <v>1435</v>
       </c>
       <c r="D789" t="s">
-        <v>777</v>
+        <v>1436</v>
       </c>
       <c r="E789" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F789" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="790" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A790" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B790" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2318280</v>
+        <v>529</v>
+      </c>
+      <c r="C790" t="s">
+        <v>1437</v>
       </c>
       <c r="D790" t="s">
-        <v>778</v>
+        <v>1438</v>
       </c>
       <c r="E790" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>619</v>
+      </c>
+      <c r="F790" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="791" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A791" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B791" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2318280</v>
+        <v>529</v>
+      </c>
+      <c r="C791" t="s">
+        <v>1439</v>
       </c>
       <c r="D791" t="s">
-        <v>778</v>
+        <v>1440</v>
       </c>
       <c r="E791" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F791" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="792" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A792" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B792" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2311509</v>
+        <v>529</v>
+      </c>
+      <c r="C792" t="s">
+        <v>1441</v>
       </c>
       <c r="D792" t="s">
-        <v>779</v>
+        <v>1442</v>
       </c>
       <c r="E792" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F792" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="793" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A793" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B793" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2311509</v>
+        <v>1443</v>
+      </c>
+      <c r="C793" t="s">
+        <v>1444</v>
       </c>
       <c r="D793" t="s">
-        <v>779</v>
+        <v>1445</v>
       </c>
       <c r="E793" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="F793" s="12">
+        <v>159</v>
+      </c>
+      <c r="F793" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="794" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A794" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B794" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143611</v>
+        <v>1443</v>
+      </c>
+      <c r="C794" t="s">
+        <v>1446</v>
       </c>
       <c r="D794" t="s">
-        <v>781</v>
+        <v>1447</v>
       </c>
       <c r="E794" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F794" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="795" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A795" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B795" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2143611</v>
+        <v>1443</v>
+      </c>
+      <c r="C795" t="s">
+        <v>1448</v>
       </c>
       <c r="D795" t="s">
-        <v>781</v>
+        <v>1449</v>
       </c>
       <c r="E795" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="F795" s="12">
+        <v>159</v>
+      </c>
+      <c r="F795" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="796" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A796" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B796" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2237711</v>
+        <v>1443</v>
+      </c>
+      <c r="C796" t="s">
+        <v>1450</v>
       </c>
       <c r="D796" t="s">
-        <v>782</v>
+        <v>1451</v>
       </c>
       <c r="E796" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F796" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="797" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A797" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B797" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2237711</v>
+        <v>1443</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1452</v>
       </c>
       <c r="D797" t="s">
-        <v>782</v>
+        <v>1453</v>
       </c>
       <c r="E797" t="s">
-        <v>780</v>
-[...1 lines deleted...]
-      <c r="F797" s="12">
+        <v>159</v>
+      </c>
+      <c r="F797" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="798" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A798" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B798" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144527</v>
+        <v>1454</v>
+      </c>
+      <c r="C798" t="s">
+        <v>1455</v>
       </c>
       <c r="D798" t="s">
-        <v>783</v>
+        <v>1456</v>
       </c>
       <c r="E798" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F798" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="799" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A799" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B799" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144511</v>
+        <v>1454</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1457</v>
       </c>
       <c r="D799" t="s">
-        <v>783</v>
+        <v>1458</v>
       </c>
       <c r="E799" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F799" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="800" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A800" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B800" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144509</v>
+        <v>1454</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1459</v>
       </c>
       <c r="D800" t="s">
-        <v>783</v>
+        <v>1460</v>
       </c>
       <c r="E800" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>159</v>
+      </c>
+      <c r="F800" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="801" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A801" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B801" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144511</v>
+        <v>1454</v>
+      </c>
+      <c r="C801" t="s">
+        <v>1461</v>
       </c>
       <c r="D801" t="s">
-        <v>783</v>
+        <v>1462</v>
       </c>
       <c r="E801" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F801" s="12">
+        <v>159</v>
+      </c>
+      <c r="F801" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="802" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A802" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B802" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144509</v>
+        <v>1454</v>
+      </c>
+      <c r="C802" t="s">
+        <v>1463</v>
       </c>
       <c r="D802" t="s">
-        <v>783</v>
+        <v>1464</v>
       </c>
       <c r="E802" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F802" s="12">
+        <v>159</v>
+      </c>
+      <c r="F802" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="803" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A803" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B803" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2144527</v>
+        <v>1454</v>
+      </c>
+      <c r="C803" t="s">
+        <v>1465</v>
       </c>
       <c r="D803" t="s">
-        <v>783</v>
+        <v>1466</v>
       </c>
       <c r="E803" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F803" s="12">
+        <v>159</v>
+      </c>
+      <c r="F803" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="804" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A804" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B804" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2772411</v>
+        <v>1467</v>
+      </c>
+      <c r="C804" t="s">
+        <v>1468</v>
       </c>
       <c r="D804" t="s">
-        <v>784</v>
+        <v>1469</v>
       </c>
       <c r="E804" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1470</v>
+      </c>
+      <c r="F804" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="805" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A805" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B805" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2772411</v>
+        <v>1467</v>
+      </c>
+      <c r="C805" t="s">
+        <v>1468</v>
       </c>
       <c r="D805" t="s">
-        <v>784</v>
+        <v>1469</v>
       </c>
       <c r="E805" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1470</v>
+      </c>
+      <c r="F805" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="806" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A806" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B806" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2702660</v>
+        <v>1467</v>
+      </c>
+      <c r="C806" t="s">
+        <v>1471</v>
       </c>
       <c r="D806" t="s">
-        <v>785</v>
+        <v>1472</v>
       </c>
       <c r="E806" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1470</v>
+      </c>
+      <c r="F806" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="807" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A807" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B807" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2702660</v>
+        <v>1467</v>
+      </c>
+      <c r="C807" t="s">
+        <v>1471</v>
       </c>
       <c r="D807" t="s">
-        <v>785</v>
+        <v>1472</v>
       </c>
       <c r="E807" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1470</v>
+      </c>
+      <c r="F807" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="808" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A808" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B808" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2690230</v>
+        <v>1473</v>
+      </c>
+      <c r="C808" t="s">
+        <v>1474</v>
       </c>
       <c r="D808" t="s">
-        <v>786</v>
+        <v>1475</v>
       </c>
       <c r="E808" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>657</v>
+      </c>
+      <c r="F808" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="809" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A809" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B809" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2690230</v>
+        <v>532</v>
+      </c>
+      <c r="C809" t="s">
+        <v>1476</v>
       </c>
       <c r="D809" t="s">
-        <v>786</v>
+        <v>1477</v>
       </c>
       <c r="E809" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F809" s="12">
+        <v>67</v>
+      </c>
+      <c r="F809" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="810" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A810" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B810" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2446230</v>
+        <v>532</v>
+      </c>
+      <c r="C810" t="s">
+        <v>1478</v>
       </c>
       <c r="D810" t="s">
-        <v>787</v>
+        <v>1479</v>
       </c>
       <c r="E810" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>67</v>
+      </c>
+      <c r="F810" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="811" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A811" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B811" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2147180</v>
+        <v>532</v>
+      </c>
+      <c r="C811" t="s">
+        <v>1480</v>
       </c>
       <c r="D811" t="s">
-        <v>788</v>
+        <v>1481</v>
       </c>
       <c r="E811" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F811" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="812" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A812" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B812" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2147180</v>
+        <v>532</v>
+      </c>
+      <c r="C812" t="s">
+        <v>1482</v>
       </c>
       <c r="D812" t="s">
-        <v>788</v>
+        <v>1483</v>
       </c>
       <c r="E812" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F812" s="12">
+        <v>31</v>
+      </c>
+      <c r="F812" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="813" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A813" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B813" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2145780</v>
+        <v>532</v>
+      </c>
+      <c r="C813" t="s">
+        <v>1484</v>
       </c>
       <c r="D813" t="s">
-        <v>789</v>
+        <v>1485</v>
       </c>
       <c r="E813" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F813" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="814" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A814" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B814" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2145780</v>
+        <v>532</v>
+      </c>
+      <c r="C814" t="s">
+        <v>1486</v>
       </c>
       <c r="D814" t="s">
-        <v>789</v>
+        <v>1487</v>
       </c>
       <c r="E814" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F814" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="815" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A815" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B815" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2149580</v>
+        <v>532</v>
+      </c>
+      <c r="C815" t="s">
+        <v>1488</v>
       </c>
       <c r="D815" t="s">
-        <v>790</v>
+        <v>1489</v>
       </c>
       <c r="E815" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F815" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="816" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A816" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B816" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>2149580</v>
+        <v>532</v>
+      </c>
+      <c r="C816" t="s">
+        <v>1490</v>
       </c>
       <c r="D816" t="s">
-        <v>790</v>
+        <v>1491</v>
       </c>
       <c r="E816" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F816" s="12">
+        <v>31</v>
+      </c>
+      <c r="F816" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="817" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A817" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B817" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>67386031321</v>
+        <v>532</v>
+      </c>
+      <c r="C817" t="s">
+        <v>1492</v>
       </c>
       <c r="D817" t="s">
-        <v>792</v>
+        <v>1493</v>
       </c>
       <c r="E817" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45293</v>
+        <v>31</v>
+      </c>
+      <c r="F817" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="818" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A818" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B818" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>67386031501</v>
+        <v>532</v>
+      </c>
+      <c r="C818" t="s">
+        <v>1494</v>
       </c>
       <c r="D818" t="s">
-        <v>793</v>
+        <v>1495</v>
       </c>
       <c r="E818" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>590</v>
+      </c>
+      <c r="F818" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="819" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A819" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B819" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>67386082019</v>
+        <v>532</v>
+      </c>
+      <c r="C819" t="s">
+        <v>1496</v>
       </c>
       <c r="D819" t="s">
-        <v>794</v>
+        <v>1497</v>
       </c>
       <c r="E819" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>890</v>
+      </c>
+      <c r="F819" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="820" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A820" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B820" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>67386082219</v>
+        <v>532</v>
+      </c>
+      <c r="C820" t="s">
+        <v>1498</v>
       </c>
       <c r="D820" t="s">
-        <v>795</v>
+        <v>1499</v>
       </c>
       <c r="E820" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F820" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="821" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A821" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B821" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>63004871001</v>
+        <v>532</v>
+      </c>
+      <c r="C821" t="s">
+        <v>1500</v>
       </c>
       <c r="D821" t="s">
-        <v>424</v>
+        <v>1501</v>
       </c>
       <c r="E821" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F821" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="822" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A822" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B822" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>47918089190</v>
+        <v>532</v>
+      </c>
+      <c r="C822" t="s">
+        <v>1502</v>
       </c>
       <c r="D822" t="s">
-        <v>798</v>
+        <v>1503</v>
       </c>
       <c r="E822" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F822" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="823" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A823" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B823" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>47918087490</v>
+        <v>532</v>
+      </c>
+      <c r="C823" t="s">
+        <v>1504</v>
       </c>
       <c r="D823" t="s">
-        <v>799</v>
+        <v>1505</v>
       </c>
       <c r="E823" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F823" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="824" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A824" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B824" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>47918090218</v>
+        <v>532</v>
+      </c>
+      <c r="C824" t="s">
+        <v>1506</v>
       </c>
       <c r="D824" t="s">
-        <v>800</v>
+        <v>1507</v>
       </c>
       <c r="E824" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F824" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="825" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A825" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B825" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>47918087890</v>
+        <v>532</v>
+      </c>
+      <c r="C825" t="s">
+        <v>1508</v>
       </c>
       <c r="D825" t="s">
-        <v>801</v>
+        <v>1509</v>
       </c>
       <c r="E825" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F825" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="826" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A826" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B826" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>47918088018</v>
+        <v>532</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1510</v>
       </c>
       <c r="D826" t="s">
-        <v>802</v>
+        <v>1511</v>
       </c>
       <c r="E826" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>31</v>
+      </c>
+      <c r="F826" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="827" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A827" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B827" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6533101</v>
+        <v>532</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1512</v>
       </c>
       <c r="D827" t="s">
-        <v>804</v>
+        <v>1513</v>
       </c>
       <c r="E827" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F827" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="828" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A828" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B828" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6533101</v>
+        <v>532</v>
+      </c>
+      <c r="C828" t="s">
+        <v>1514</v>
       </c>
       <c r="D828" t="s">
-        <v>804</v>
+        <v>1515</v>
       </c>
       <c r="E828" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>159</v>
+      </c>
+      <c r="F828" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="829" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A829" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B829" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6306901</v>
+        <v>532</v>
+      </c>
+      <c r="C829" t="s">
+        <v>1516</v>
       </c>
       <c r="D829" t="s">
-        <v>805</v>
+        <v>1517</v>
       </c>
       <c r="E829" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F829" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="830" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A830" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B830" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6306901</v>
+        <v>532</v>
+      </c>
+      <c r="C830" t="s">
+        <v>1518</v>
       </c>
       <c r="D830" t="s">
-        <v>805</v>
+        <v>1519</v>
       </c>
       <c r="E830" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>159</v>
+      </c>
+      <c r="F830" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="831" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A831" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B831" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6500701</v>
+        <v>532</v>
+      </c>
+      <c r="C831" t="s">
+        <v>1520</v>
       </c>
       <c r="D831" t="s">
-        <v>806</v>
+        <v>1521</v>
       </c>
       <c r="E831" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F831" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="832" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A832" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B832" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6500701</v>
+        <v>532</v>
+      </c>
+      <c r="C832" t="s">
+        <v>1522</v>
       </c>
       <c r="D832" t="s">
-        <v>806</v>
+        <v>1523</v>
       </c>
       <c r="E832" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>159</v>
+      </c>
+      <c r="F832" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="833" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A833" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B833" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6385602</v>
+        <v>532</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1524</v>
       </c>
       <c r="D833" t="s">
-        <v>807</v>
+        <v>1525</v>
       </c>
       <c r="E833" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F833" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="834" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A834" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B834" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6385602</v>
+        <v>532</v>
+      </c>
+      <c r="C834" t="s">
+        <v>1526</v>
       </c>
       <c r="D834" t="s">
-        <v>807</v>
+        <v>1527</v>
       </c>
       <c r="E834" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>623</v>
+      </c>
+      <c r="F834" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="835" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A835" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B835" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307504</v>
+        <v>532</v>
+      </c>
+      <c r="C835" t="s">
+        <v>1528</v>
       </c>
       <c r="D835" t="s">
-        <v>808</v>
+        <v>1529</v>
       </c>
       <c r="E835" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>623</v>
+      </c>
+      <c r="F835" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="836" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A836" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B836" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307504</v>
+        <v>532</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1530</v>
       </c>
       <c r="D836" t="s">
-        <v>808</v>
+        <v>1531</v>
       </c>
       <c r="E836" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>599</v>
+      </c>
+      <c r="F836" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="837" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A837" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B837" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307502</v>
+        <v>532</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1532</v>
       </c>
       <c r="D837" t="s">
-        <v>809</v>
+        <v>1533</v>
       </c>
       <c r="E837" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>599</v>
+      </c>
+      <c r="F837" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="838" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A838" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B838" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307502</v>
+        <v>532</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1534</v>
       </c>
       <c r="D838" t="s">
-        <v>809</v>
+        <v>1535</v>
       </c>
       <c r="E838" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>599</v>
+      </c>
+      <c r="F838" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="839" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A839" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B839" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307604</v>
+        <v>532</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1536</v>
       </c>
       <c r="D839" t="s">
-        <v>810</v>
+        <v>1537</v>
       </c>
       <c r="E839" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>599</v>
+      </c>
+      <c r="F839" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="840" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A840" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B840" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307604</v>
+        <v>532</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1538</v>
       </c>
       <c r="D840" t="s">
-        <v>810</v>
+        <v>1539</v>
       </c>
       <c r="E840" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>599</v>
+      </c>
+      <c r="F840" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="841" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A841" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B841" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307602</v>
+        <v>1540</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1541</v>
       </c>
       <c r="D841" t="s">
-        <v>811</v>
+        <v>1542</v>
       </c>
       <c r="E841" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F841" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="842" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A842" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B842" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6307602</v>
+        <v>1540</v>
+      </c>
+      <c r="C842" t="s">
+        <v>1543</v>
       </c>
       <c r="D842" t="s">
-        <v>811</v>
+        <v>1544</v>
       </c>
       <c r="E842" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>31</v>
+      </c>
+      <c r="F842" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="843" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A843" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B843" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6302602</v>
+        <v>1540</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1545</v>
       </c>
       <c r="D843" t="s">
-        <v>812</v>
+        <v>1546</v>
       </c>
       <c r="E843" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45379</v>
+        <v>31</v>
+      </c>
+      <c r="F843" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="844" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A844" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B844" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6302602</v>
+        <v>1540</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1547</v>
       </c>
       <c r="D844" t="s">
-        <v>812</v>
+        <v>1548</v>
       </c>
       <c r="E844" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45561</v>
+        <v>31</v>
+      </c>
+      <c r="F844" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="845" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A845" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B845" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6302602</v>
+        <v>1540</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1549</v>
       </c>
       <c r="D845" t="s">
-        <v>812</v>
+        <v>1550</v>
       </c>
       <c r="E845" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45743</v>
+        <v>31</v>
+      </c>
+      <c r="F845" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="846" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A846" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B846" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6302602</v>
+        <v>1540</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1551</v>
       </c>
       <c r="D846" t="s">
-        <v>812</v>
+        <v>1552</v>
       </c>
       <c r="E846" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45925</v>
+        <v>31</v>
+      </c>
+      <c r="F846" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="847" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A847" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B847" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022761</v>
+        <v>1553</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1554</v>
       </c>
       <c r="D847" t="s">
-        <v>813</v>
+        <v>1555</v>
       </c>
       <c r="E847" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F847" s="13">
+        <v>45307</v>
       </c>
     </row>
     <row r="848" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A848" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B848" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022761</v>
+        <v>1553</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1554</v>
       </c>
       <c r="D848" t="s">
-        <v>813</v>
+        <v>1555</v>
       </c>
       <c r="E848" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>31</v>
+      </c>
+      <c r="F848" s="13">
+        <v>45383</v>
       </c>
     </row>
     <row r="849" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A849" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B849" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6308001</v>
+        <v>1553</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1554</v>
       </c>
       <c r="D849" t="s">
-        <v>814</v>
+        <v>1555</v>
       </c>
       <c r="E849" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F849" s="13">
+        <v>45674</v>
       </c>
     </row>
     <row r="850" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A850" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B850" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6308001</v>
+        <v>1553</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1554</v>
       </c>
       <c r="D850" t="s">
-        <v>814</v>
+        <v>1555</v>
       </c>
       <c r="E850" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>31</v>
+      </c>
+      <c r="F850" s="13">
+        <v>45761</v>
       </c>
     </row>
     <row r="851" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A851" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B851" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027728</v>
+        <v>1556</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1557</v>
       </c>
       <c r="D851" t="s">
-        <v>815</v>
+        <v>1558</v>
       </c>
       <c r="E851" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>517</v>
+      </c>
+      <c r="F851" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="852" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A852" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B852" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027728</v>
+        <v>1556</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1557</v>
       </c>
       <c r="D852" t="s">
-        <v>815</v>
+        <v>1558</v>
       </c>
       <c r="E852" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F852" s="12">
+        <v>517</v>
+      </c>
+      <c r="F852" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="853" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A853" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B853" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027782</v>
+        <v>1559</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1560</v>
       </c>
       <c r="D853" t="s">
-        <v>816</v>
+        <v>1561</v>
       </c>
       <c r="E853" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F853" s="13">
+        <v>45307</v>
       </c>
     </row>
     <row r="854" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A854" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B854" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027782</v>
+        <v>1559</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1560</v>
       </c>
       <c r="D854" t="s">
-        <v>816</v>
+        <v>1561</v>
       </c>
       <c r="E854" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F854" s="13">
+        <v>45691</v>
       </c>
     </row>
     <row r="855" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A855" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B855" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027731</v>
+        <v>1562</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1563</v>
       </c>
       <c r="D855" t="s">
-        <v>817</v>
+        <v>1564</v>
       </c>
       <c r="E855" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>385</v>
+      </c>
+      <c r="F855" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="856" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A856" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B856" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027731</v>
+        <v>1565</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1566</v>
       </c>
       <c r="D856" t="s">
-        <v>817</v>
+        <v>1567</v>
       </c>
       <c r="E856" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F856" s="12">
+        <v>587</v>
+      </c>
+      <c r="F856" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="857" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A857" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B857" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027754</v>
+        <v>548</v>
+      </c>
+      <c r="C857" t="s">
+        <v>549</v>
       </c>
       <c r="D857" t="s">
-        <v>818</v>
+        <v>550</v>
       </c>
       <c r="E857" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>196</v>
+      </c>
+      <c r="F857" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="858" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A858" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B858" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6027754</v>
+        <v>548</v>
+      </c>
+      <c r="C858" t="s">
+        <v>551</v>
       </c>
       <c r="D858" t="s">
-        <v>818</v>
+        <v>552</v>
       </c>
       <c r="E858" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F858" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="859" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A859" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B859" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022128</v>
+        <v>548</v>
+      </c>
+      <c r="C859" t="s">
+        <v>553</v>
       </c>
       <c r="D859" t="s">
-        <v>819</v>
+        <v>554</v>
       </c>
       <c r="E859" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F859" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="860" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A860" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B860" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022128</v>
+        <v>548</v>
+      </c>
+      <c r="C860" t="s">
+        <v>565</v>
       </c>
       <c r="D860" t="s">
-        <v>819</v>
+        <v>566</v>
       </c>
       <c r="E860" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F860" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="861" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A861" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B861" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022131</v>
+        <v>548</v>
+      </c>
+      <c r="C861" t="s">
+        <v>567</v>
       </c>
       <c r="D861" t="s">
-        <v>820</v>
+        <v>568</v>
       </c>
       <c r="E861" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F861" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="862" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A862" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B862" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022131</v>
+        <v>1568</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1569</v>
       </c>
       <c r="D862" t="s">
-        <v>820</v>
+        <v>1570</v>
       </c>
       <c r="E862" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>116</v>
+      </c>
+      <c r="F862" s="13">
+        <v>45859</v>
       </c>
     </row>
     <row r="863" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A863" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B863" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022154</v>
+        <v>1571</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1572</v>
       </c>
       <c r="D863" t="s">
-        <v>821</v>
+        <v>1573</v>
       </c>
       <c r="E863" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F863" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="864" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A864" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B864" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6022154</v>
+        <v>1571</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1572</v>
       </c>
       <c r="D864" t="s">
-        <v>821</v>
+        <v>1573</v>
       </c>
       <c r="E864" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F864" s="12">
+        <v>159</v>
+      </c>
+      <c r="F864" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="865" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A865" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B865" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6011231</v>
+        <v>1571</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1572</v>
       </c>
       <c r="D865" t="s">
-        <v>822</v>
+        <v>1573</v>
       </c>
       <c r="E865" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>159</v>
+      </c>
+      <c r="F865" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="866" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A866" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B866" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6011231</v>
+        <v>1574</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1575</v>
       </c>
       <c r="D866" t="s">
-        <v>822</v>
+        <v>1576</v>
       </c>
       <c r="E866" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F866" s="13">
+        <v>45295</v>
       </c>
     </row>
     <row r="867" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A867" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B867" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6011254</v>
+        <v>1574</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1575</v>
       </c>
       <c r="D867" t="s">
-        <v>823</v>
+        <v>1576</v>
       </c>
       <c r="E867" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>143</v>
+      </c>
+      <c r="F867" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="868" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A868" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B868" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6011254</v>
+        <v>1574</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1577</v>
       </c>
       <c r="D868" t="s">
-        <v>823</v>
+        <v>1578</v>
       </c>
       <c r="E868" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F868" s="13">
+        <v>45295</v>
       </c>
     </row>
     <row r="869" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A869" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B869" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008182</v>
+        <v>1574</v>
+      </c>
+      <c r="C869" t="s">
+        <v>1577</v>
       </c>
       <c r="D869" t="s">
-        <v>824</v>
+        <v>1578</v>
       </c>
       <c r="E869" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>143</v>
+      </c>
+      <c r="F869" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="870" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A870" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B870" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008182</v>
+        <v>1574</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1579</v>
       </c>
       <c r="D870" t="s">
-        <v>824</v>
+        <v>1580</v>
       </c>
       <c r="E870" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F870" s="13">
+        <v>45468</v>
       </c>
     </row>
     <row r="871" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A871" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B871" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008131</v>
+        <v>1574</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1579</v>
       </c>
       <c r="D871" t="s">
-        <v>825</v>
+        <v>1580</v>
       </c>
       <c r="E871" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F871" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="872" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A872" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B872" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008131</v>
+        <v>1574</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1581</v>
       </c>
       <c r="D872" t="s">
-        <v>825</v>
+        <v>1582</v>
       </c>
       <c r="E872" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F872" s="13">
+        <v>45468</v>
       </c>
     </row>
     <row r="873" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A873" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B873" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008154</v>
+        <v>1574</v>
+      </c>
+      <c r="C873" t="s">
+        <v>1581</v>
       </c>
       <c r="D873" t="s">
-        <v>826</v>
+        <v>1582</v>
       </c>
       <c r="E873" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F873" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="874" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A874" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B874" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008154</v>
+        <v>1583</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1584</v>
       </c>
       <c r="D874" t="s">
-        <v>826</v>
+        <v>1585</v>
       </c>
       <c r="E874" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F874" s="12">
+        <v>159</v>
+      </c>
+      <c r="F874" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="875" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A875" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B875" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057782</v>
+        <v>1586</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1587</v>
       </c>
       <c r="D875" t="s">
-        <v>827</v>
+        <v>1588</v>
       </c>
       <c r="E875" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>517</v>
+      </c>
+      <c r="F875" s="13">
+        <v>45294</v>
       </c>
     </row>
     <row r="876" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A876" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B876" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057782</v>
+        <v>1586</v>
+      </c>
+      <c r="C876" t="s">
+        <v>1587</v>
       </c>
       <c r="D876" t="s">
-        <v>827</v>
+        <v>1588</v>
       </c>
       <c r="E876" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F876" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="877" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A877" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B877" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057762</v>
+        <v>1586</v>
+      </c>
+      <c r="C877" t="s">
+        <v>1587</v>
       </c>
       <c r="D877" t="s">
-        <v>828</v>
+        <v>1588</v>
       </c>
       <c r="E877" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>517</v>
+      </c>
+      <c r="F877" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="878" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A878" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B878" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057762</v>
+        <v>1586</v>
+      </c>
+      <c r="C878" t="s">
+        <v>1589</v>
       </c>
       <c r="D878" t="s">
-        <v>828</v>
+        <v>1590</v>
       </c>
       <c r="E878" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>67</v>
+      </c>
+      <c r="F878" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="879" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A879" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B879" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057761</v>
+        <v>1586</v>
+      </c>
+      <c r="C879" t="s">
+        <v>1591</v>
       </c>
       <c r="D879" t="s">
-        <v>829</v>
+        <v>1592</v>
       </c>
       <c r="E879" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>67</v>
+      </c>
+      <c r="F879" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="880" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A880" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B880" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057761</v>
+        <v>1586</v>
+      </c>
+      <c r="C880" t="s">
+        <v>1593</v>
       </c>
       <c r="D880" t="s">
-        <v>829</v>
+        <v>1594</v>
       </c>
       <c r="E880" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>599</v>
+      </c>
+      <c r="F880" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="881" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A881" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B881" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008082</v>
+        <v>1586</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1595</v>
       </c>
       <c r="D881" t="s">
-        <v>830</v>
+        <v>1596</v>
       </c>
       <c r="E881" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>1011</v>
+      </c>
+      <c r="F881" s="13">
+        <v>45294</v>
       </c>
     </row>
     <row r="882" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A882" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B882" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008082</v>
+        <v>1586</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1595</v>
       </c>
       <c r="D882" t="s">
-        <v>830</v>
+        <v>1596</v>
       </c>
       <c r="E882" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1011</v>
+      </c>
+      <c r="F882" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="883" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A883" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B883" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008062</v>
+        <v>1586</v>
+      </c>
+      <c r="C883" t="s">
+        <v>1595</v>
       </c>
       <c r="D883" t="s">
-        <v>831</v>
+        <v>1596</v>
       </c>
       <c r="E883" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>1011</v>
+      </c>
+      <c r="F883" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="884" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A884" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B884" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008062</v>
+        <v>1586</v>
+      </c>
+      <c r="C884" t="s">
+        <v>1595</v>
       </c>
       <c r="D884" t="s">
-        <v>831</v>
+        <v>1596</v>
       </c>
       <c r="E884" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1011</v>
+      </c>
+      <c r="F884" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="885" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A885" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B885" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008061</v>
+        <v>1597</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1598</v>
       </c>
       <c r="D885" t="s">
-        <v>832</v>
+        <v>1599</v>
       </c>
       <c r="E885" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F885" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="886" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A886" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B886" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6008061</v>
+        <v>1597</v>
+      </c>
+      <c r="C886" t="s">
+        <v>1600</v>
       </c>
       <c r="D886" t="s">
-        <v>832</v>
+        <v>1601</v>
       </c>
       <c r="E886" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="F886" s="12">
+        <v>31</v>
+      </c>
+      <c r="F886" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="887" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A887" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B887" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057582</v>
+        <v>1597</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1602</v>
       </c>
       <c r="D887" t="s">
-        <v>833</v>
+        <v>1603</v>
       </c>
       <c r="E887" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>31</v>
+      </c>
+      <c r="F887" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="888" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A888" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B888" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057582</v>
+        <v>1604</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1605</v>
       </c>
       <c r="D888" t="s">
-        <v>833</v>
+        <v>1606</v>
       </c>
       <c r="E888" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F888" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="889" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A889" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B889" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057562</v>
+        <v>1607</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1608</v>
       </c>
       <c r="D889" t="s">
-        <v>834</v>
+        <v>1609</v>
       </c>
       <c r="E889" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F889" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="890" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A890" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B890" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057562</v>
+        <v>1607</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1608</v>
       </c>
       <c r="D890" t="s">
-        <v>834</v>
+        <v>1609</v>
       </c>
       <c r="E890" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F890" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="891" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A891" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B891" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057561</v>
+        <v>1607</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1608</v>
       </c>
       <c r="D891" t="s">
-        <v>835</v>
+        <v>1609</v>
       </c>
       <c r="E891" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F891" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="892" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A892" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B892" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6057561</v>
+        <v>1607</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1610</v>
       </c>
       <c r="D892" t="s">
-        <v>835</v>
+        <v>1611</v>
       </c>
       <c r="E892" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F892" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="893" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A893" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B893" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6007882</v>
+        <v>1607</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1610</v>
       </c>
       <c r="D893" t="s">
-        <v>836</v>
+        <v>1611</v>
       </c>
       <c r="E893" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F893" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="894" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A894" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B894" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6007882</v>
+        <v>1607</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1610</v>
       </c>
       <c r="D894" t="s">
-        <v>836</v>
+        <v>1611</v>
       </c>
       <c r="E894" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F894" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="895" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A895" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B895" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6007861</v>
+        <v>1607</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1612</v>
       </c>
       <c r="D895" t="s">
-        <v>837</v>
+        <v>1613</v>
       </c>
       <c r="E895" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F895" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="896" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A896" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B896" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6007861</v>
+        <v>1607</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1612</v>
       </c>
       <c r="D896" t="s">
-        <v>837</v>
+        <v>1613</v>
       </c>
       <c r="E896" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F896" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="897" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A897" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B897" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508701</v>
+        <v>1607</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1612</v>
       </c>
       <c r="D897" t="s">
-        <v>838</v>
+        <v>1613</v>
       </c>
       <c r="E897" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45390</v>
+        <v>619</v>
+      </c>
+      <c r="F897" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="898" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A898" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B898" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508701</v>
+        <v>1607</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1614</v>
       </c>
       <c r="D898" t="s">
-        <v>838</v>
+        <v>1615</v>
       </c>
       <c r="E898" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F898" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="899" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A899" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B899" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508701</v>
+        <v>1607</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1614</v>
       </c>
       <c r="D899" t="s">
-        <v>838</v>
+        <v>1615</v>
       </c>
       <c r="E899" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45881</v>
+        <v>619</v>
+      </c>
+      <c r="F899" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="900" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A900" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B900" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508801</v>
+        <v>1607</v>
+      </c>
+      <c r="C900" t="s">
+        <v>1614</v>
       </c>
       <c r="D900" t="s">
-        <v>839</v>
+        <v>1615</v>
       </c>
       <c r="E900" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45390</v>
+        <v>619</v>
+      </c>
+      <c r="F900" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="901" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A901" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B901" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508801</v>
+        <v>1607</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1616</v>
       </c>
       <c r="D901" t="s">
-        <v>839</v>
+        <v>1617</v>
       </c>
       <c r="E901" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F901" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="902" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A902" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B902" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6508801</v>
+        <v>1607</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1616</v>
       </c>
       <c r="D902" t="s">
-        <v>839</v>
+        <v>1617</v>
       </c>
       <c r="E902" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45881</v>
+        <v>619</v>
+      </c>
+      <c r="F902" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="903" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A903" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B903" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509001</v>
+        <v>1607</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1616</v>
       </c>
       <c r="D903" t="s">
-        <v>840</v>
+        <v>1617</v>
       </c>
       <c r="E903" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45390</v>
+        <v>619</v>
+      </c>
+      <c r="F903" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="904" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A904" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B904" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509001</v>
+        <v>1607</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1618</v>
       </c>
       <c r="D904" t="s">
-        <v>840</v>
+        <v>1619</v>
       </c>
       <c r="E904" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F904" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="905" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A905" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B905" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509001</v>
+        <v>1607</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1618</v>
       </c>
       <c r="D905" t="s">
-        <v>840</v>
+        <v>1619</v>
       </c>
       <c r="E905" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45881</v>
+        <v>619</v>
+      </c>
+      <c r="F905" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="906" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A906" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B906" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509101</v>
+        <v>1607</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1618</v>
       </c>
       <c r="D906" t="s">
-        <v>841</v>
+        <v>1619</v>
       </c>
       <c r="E906" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45390</v>
+        <v>619</v>
+      </c>
+      <c r="F906" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="907" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A907" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B907" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509101</v>
+        <v>1607</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1620</v>
       </c>
       <c r="D907" t="s">
-        <v>841</v>
+        <v>1621</v>
       </c>
       <c r="E907" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F907" s="13">
+        <v>45391</v>
       </c>
     </row>
     <row r="908" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A908" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B908" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6509101</v>
+        <v>1607</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1620</v>
       </c>
       <c r="D908" t="s">
-        <v>841</v>
+        <v>1621</v>
       </c>
       <c r="E908" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45881</v>
+        <v>619</v>
+      </c>
+      <c r="F908" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="909" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A909" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B909" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6003330</v>
+        <v>1607</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1620</v>
       </c>
       <c r="D909" t="s">
-        <v>842</v>
+        <v>1621</v>
       </c>
       <c r="E909" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F909" s="13">
+        <v>45846</v>
       </c>
     </row>
     <row r="910" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A910" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B910" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6003330</v>
+        <v>1607</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1622</v>
       </c>
       <c r="D910" t="s">
-        <v>842</v>
+        <v>1623</v>
       </c>
       <c r="E910" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F910" s="13">
+        <v>45320</v>
       </c>
     </row>
     <row r="911" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A911" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B911" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6033530</v>
+        <v>1607</v>
+      </c>
+      <c r="C911" t="s">
+        <v>1622</v>
       </c>
       <c r="D911" t="s">
-        <v>844</v>
+        <v>1623</v>
       </c>
       <c r="E911" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F911" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="912" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A912" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B912" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6033530</v>
+        <v>1607</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1624</v>
       </c>
       <c r="D912" t="s">
-        <v>844</v>
+        <v>1625</v>
       </c>
       <c r="E912" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F912" s="13">
+        <v>45320</v>
       </c>
     </row>
     <row r="913" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A913" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B913" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6000530</v>
+        <v>1607</v>
+      </c>
+      <c r="C913" t="s">
+        <v>1624</v>
       </c>
       <c r="D913" t="s">
-        <v>845</v>
+        <v>1625</v>
       </c>
       <c r="E913" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F913" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="914" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A914" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B914" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6000530</v>
+        <v>1607</v>
+      </c>
+      <c r="C914" t="s">
+        <v>1626</v>
       </c>
       <c r="D914" t="s">
-        <v>845</v>
+        <v>1627</v>
       </c>
       <c r="E914" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F914" s="13">
+        <v>45320</v>
       </c>
     </row>
     <row r="915" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A915" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B915" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>67919004104</v>
+        <v>1607</v>
+      </c>
+      <c r="C915" t="s">
+        <v>1626</v>
       </c>
       <c r="D915" t="s">
-        <v>846</v>
+        <v>1627</v>
       </c>
       <c r="E915" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F915" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="916" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A916" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B916" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6502902</v>
+        <v>1607</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1628</v>
       </c>
       <c r="D916" t="s">
-        <v>847</v>
+        <v>1629</v>
       </c>
       <c r="E916" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45297</v>
+        <v>619</v>
+      </c>
+      <c r="F916" s="13">
+        <v>45320</v>
       </c>
     </row>
     <row r="917" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A917" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B917" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>6502902</v>
+        <v>1607</v>
+      </c>
+      <c r="C917" t="s">
+        <v>1628</v>
       </c>
       <c r="D917" t="s">
-        <v>847</v>
+        <v>1629</v>
       </c>
       <c r="E917" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>619</v>
+      </c>
+      <c r="F917" s="13">
+        <v>45686</v>
       </c>
     </row>
     <row r="918" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A918" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B918" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>80739081218</v>
+        <v>1607</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1630</v>
       </c>
       <c r="D918" t="s">
-        <v>849</v>
+        <v>1631</v>
       </c>
       <c r="E918" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45302</v>
+        <v>31</v>
+      </c>
+      <c r="F918" s="13">
+        <v>45300</v>
       </c>
     </row>
     <row r="919" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A919" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B919" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>80739081218</v>
+        <v>1607</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1630</v>
       </c>
       <c r="D919" t="s">
-        <v>849</v>
+        <v>1631</v>
       </c>
       <c r="E919" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F919" s="13">
+        <v>45666</v>
       </c>
     </row>
     <row r="920" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A920" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B920" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>79378011001</v>
+        <v>1632</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1633</v>
       </c>
       <c r="D920" t="s">
-        <v>851</v>
+        <v>1634</v>
       </c>
       <c r="E920" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45566</v>
+        <v>31</v>
+      </c>
+      <c r="F920" s="13">
+        <v>45294</v>
       </c>
     </row>
     <row r="921" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A921" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B921" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232102</v>
+        <v>1632</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1633</v>
       </c>
       <c r="D921" t="s">
-        <v>853</v>
+        <v>1634</v>
       </c>
       <c r="E921" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>31</v>
+      </c>
+      <c r="F921" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="922" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A922" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B922" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232102</v>
+        <v>1632</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1635</v>
       </c>
       <c r="D922" t="s">
-        <v>853</v>
+        <v>1636</v>
       </c>
       <c r="E922" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45566</v>
+        <v>31</v>
+      </c>
+      <c r="F922" s="13">
+        <v>45511</v>
       </c>
     </row>
     <row r="923" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A923" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B923" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232102</v>
+        <v>1632</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1635</v>
       </c>
       <c r="D923" t="s">
-        <v>853</v>
+        <v>1636</v>
       </c>
       <c r="E923" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45717</v>
+        <v>31</v>
+      </c>
+      <c r="F923" s="13">
+        <v>45895</v>
       </c>
     </row>
     <row r="924" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A924" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B924" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232201</v>
+        <v>1632</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1637</v>
       </c>
       <c r="D924" t="s">
-        <v>854</v>
+        <v>1638</v>
       </c>
       <c r="E924" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>31</v>
+      </c>
+      <c r="F924" s="13">
+        <v>45511</v>
       </c>
     </row>
     <row r="925" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A925" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B925" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232201</v>
+        <v>1632</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1637</v>
       </c>
       <c r="D925" t="s">
-        <v>854</v>
+        <v>1638</v>
       </c>
       <c r="E925" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45566</v>
+        <v>31</v>
+      </c>
+      <c r="F925" s="13">
+        <v>45895</v>
       </c>
     </row>
     <row r="926" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A926" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B926" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>70510232201</v>
+        <v>1639</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1640</v>
       </c>
       <c r="D926" t="s">
-        <v>854</v>
+        <v>1641</v>
       </c>
       <c r="E926" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>45717</v>
+        <v>143</v>
+      </c>
+      <c r="F926" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="927" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A927" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B927" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>70165003030</v>
+        <v>1639</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1640</v>
       </c>
       <c r="D927" t="s">
-        <v>856</v>
+        <v>1641</v>
       </c>
       <c r="E927" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>143</v>
+      </c>
+      <c r="F927" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="928" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A928" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B928" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>70165003030</v>
+        <v>1639</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1642</v>
       </c>
       <c r="D928" t="s">
-        <v>856</v>
+        <v>1643</v>
       </c>
       <c r="E928" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F928" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="929" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A929" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B929" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>70165003030</v>
+        <v>1639</v>
+      </c>
+      <c r="C929" t="s">
+        <v>1642</v>
       </c>
       <c r="D929" t="s">
-        <v>856</v>
+        <v>1643</v>
       </c>
       <c r="E929" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>143</v>
+      </c>
+      <c r="F929" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="930" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A930" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B930" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>70165003030</v>
+        <v>1639</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1644</v>
       </c>
       <c r="D930" t="s">
-        <v>856</v>
+        <v>1645</v>
       </c>
       <c r="E930" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>45870</v>
+        <v>590</v>
+      </c>
+      <c r="F930" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="931" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A931" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B931" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011001</v>
+        <v>1646</v>
+      </c>
+      <c r="C931" t="s">
+        <v>1647</v>
       </c>
       <c r="D931" t="s">
-        <v>858</v>
+        <v>1648</v>
       </c>
       <c r="E931" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>599</v>
+      </c>
+      <c r="F931" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="932" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A932" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B932" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011101</v>
+        <v>1649</v>
+      </c>
+      <c r="C932" t="s">
+        <v>1650</v>
       </c>
       <c r="D932" t="s">
-        <v>859</v>
+        <v>1651</v>
       </c>
       <c r="E932" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>31</v>
+      </c>
+      <c r="F932" s="13">
+        <v>45398</v>
       </c>
     </row>
     <row r="933" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A933" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B933" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011201</v>
+        <v>1649</v>
+      </c>
+      <c r="C933" t="s">
+        <v>1650</v>
       </c>
       <c r="D933" t="s">
-        <v>860</v>
+        <v>1651</v>
       </c>
       <c r="E933" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>31</v>
+      </c>
+      <c r="F933" s="13">
+        <v>45659</v>
       </c>
     </row>
     <row r="934" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A934" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B934" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011601</v>
+        <v>1652</v>
+      </c>
+      <c r="C934" t="s">
+        <v>1653</v>
       </c>
       <c r="D934" t="s">
-        <v>861</v>
+        <v>1654</v>
       </c>
       <c r="E934" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>31</v>
+      </c>
+      <c r="F934" s="13">
+        <v>45642</v>
       </c>
     </row>
     <row r="935" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A935" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B935" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011301</v>
+        <v>1652</v>
+      </c>
+      <c r="C935" t="s">
+        <v>1655</v>
       </c>
       <c r="D935" t="s">
-        <v>862</v>
+        <v>1656</v>
       </c>
       <c r="E935" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>31</v>
+      </c>
+      <c r="F935" s="13">
+        <v>45642</v>
       </c>
     </row>
     <row r="936" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A936" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B936" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011401</v>
+        <v>1657</v>
+      </c>
+      <c r="C936" t="s">
+        <v>1658</v>
       </c>
       <c r="D936" t="s">
-        <v>863</v>
+        <v>1659</v>
       </c>
       <c r="E936" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>653</v>
+      </c>
+      <c r="F936" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="937" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A937" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B937" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>73562011501</v>
+        <v>1660</v>
+      </c>
+      <c r="C937" t="s">
+        <v>1661</v>
       </c>
       <c r="D937" t="s">
-        <v>864</v>
+        <v>1662</v>
       </c>
       <c r="E937" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45657</v>
+        <v>31</v>
+      </c>
+      <c r="F937" s="13">
+        <v>45386</v>
       </c>
     </row>
     <row r="938" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A938" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B938" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>70370204806</v>
+        <v>1660</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1661</v>
       </c>
       <c r="D938" t="s">
-        <v>866</v>
+        <v>1662</v>
       </c>
       <c r="E938" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45617</v>
+        <v>31</v>
+      </c>
+      <c r="F938" s="13">
+        <v>45772</v>
       </c>
     </row>
     <row r="939" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A939" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B939" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>70370204001</v>
+        <v>1660</v>
+      </c>
+      <c r="C939" t="s">
+        <v>1663</v>
       </c>
       <c r="D939" t="s">
-        <v>867</v>
+        <v>1664</v>
       </c>
       <c r="E939" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45617</v>
+        <v>67</v>
+      </c>
+      <c r="F939" s="13">
+        <v>45328</v>
       </c>
     </row>
     <row r="940" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A940" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B940" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>70370106001</v>
+        <v>1660</v>
+      </c>
+      <c r="C940" t="s">
+        <v>1663</v>
       </c>
       <c r="D940" t="s">
-        <v>868</v>
+        <v>1664</v>
       </c>
       <c r="E940" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45617</v>
+        <v>67</v>
+      </c>
+      <c r="F940" s="13">
+        <v>45720</v>
       </c>
     </row>
     <row r="941" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A941" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B941" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>70370108001</v>
+        <v>1665</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1666</v>
       </c>
       <c r="D941" t="s">
-        <v>869</v>
+        <v>1667</v>
       </c>
       <c r="E941" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45617</v>
+        <v>31</v>
+      </c>
+      <c r="F941" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="942" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A942" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B942" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>73683010110</v>
+        <v>1665</v>
+      </c>
+      <c r="C942" t="s">
+        <v>1668</v>
       </c>
       <c r="D942" t="s">
-        <v>871</v>
+        <v>1669</v>
       </c>
       <c r="E942" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F942" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="943" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A943" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B943" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>73683010110</v>
+        <v>1665</v>
+      </c>
+      <c r="C943" t="s">
+        <v>1670</v>
       </c>
       <c r="D943" t="s">
-        <v>871</v>
+        <v>1671</v>
       </c>
       <c r="E943" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F943" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="944" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A944" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B944" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78070802</v>
+        <v>1665</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1672</v>
       </c>
       <c r="D944" t="s">
-        <v>872</v>
+        <v>1673</v>
       </c>
       <c r="E944" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F944" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="945" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A945" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B945" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78071502</v>
+        <v>1665</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1674</v>
       </c>
       <c r="D945" t="s">
-        <v>873</v>
+        <v>1675</v>
       </c>
       <c r="E945" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F945" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="946" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A946" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B946" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78070184</v>
+        <v>1665</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1676</v>
       </c>
       <c r="D946" t="s">
-        <v>874</v>
+        <v>1677</v>
       </c>
       <c r="E946" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F946" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="947" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A947" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B947" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78109120</v>
+        <v>1665</v>
+      </c>
+      <c r="C947" t="s">
+        <v>1678</v>
       </c>
       <c r="D947" t="s">
-        <v>875</v>
+        <v>1679</v>
       </c>
       <c r="E947" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F947" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="948" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A948" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B948" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78109820</v>
+        <v>1665</v>
+      </c>
+      <c r="C948" t="s">
+        <v>1680</v>
       </c>
       <c r="D948" t="s">
-        <v>876</v>
+        <v>1681</v>
       </c>
       <c r="E948" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F948" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="949" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A949" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B949" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78073461</v>
+        <v>1665</v>
+      </c>
+      <c r="C949" t="s">
+        <v>1682</v>
       </c>
       <c r="D949" t="s">
-        <v>877</v>
+        <v>1683</v>
       </c>
       <c r="E949" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45840</v>
+        <v>31</v>
+      </c>
+      <c r="F949" s="13">
+        <v>45664</v>
       </c>
     </row>
     <row r="950" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A950" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B950" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78070956</v>
+        <v>1684</v>
+      </c>
+      <c r="C950" t="s">
+        <v>1685</v>
       </c>
       <c r="D950" t="s">
-        <v>878</v>
+        <v>1686</v>
       </c>
       <c r="E950" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>1144</v>
+      </c>
+      <c r="F950" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="951" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A951" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B951" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78071656</v>
+        <v>1684</v>
+      </c>
+      <c r="C951" t="s">
+        <v>1687</v>
       </c>
       <c r="D951" t="s">
-        <v>879</v>
+        <v>1688</v>
       </c>
       <c r="E951" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>1144</v>
+      </c>
+      <c r="F951" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="952" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A952" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B952" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068266</v>
+        <v>1684</v>
+      </c>
+      <c r="C952" t="s">
+        <v>1689</v>
       </c>
       <c r="D952" t="s">
-        <v>880</v>
+        <v>1690</v>
       </c>
       <c r="E952" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>590</v>
+      </c>
+      <c r="F952" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="953" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A953" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B953" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068166</v>
+        <v>1684</v>
+      </c>
+      <c r="C953" t="s">
+        <v>1691</v>
       </c>
       <c r="D953" t="s">
-        <v>881</v>
+        <v>1692</v>
       </c>
       <c r="E953" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>590</v>
+      </c>
+      <c r="F953" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="954" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A954" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B954" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78046915</v>
+        <v>1693</v>
+      </c>
+      <c r="C954" t="s">
+        <v>1694</v>
       </c>
       <c r="D954" t="s">
-        <v>882</v>
+        <v>1695</v>
       </c>
       <c r="E954" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F954" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="955" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A955" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B955" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78072015</v>
+        <v>1693</v>
+      </c>
+      <c r="C955" t="s">
+        <v>1696</v>
       </c>
       <c r="D955" t="s">
-        <v>883</v>
+        <v>1697</v>
       </c>
       <c r="E955" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F955" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="956" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A956" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B956" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78065615</v>
+        <v>1693</v>
+      </c>
+      <c r="C956" t="s">
+        <v>1698</v>
       </c>
       <c r="D956" t="s">
-        <v>884</v>
+        <v>1699</v>
       </c>
       <c r="E956" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F956" s="13">
+        <v>45663</v>
       </c>
     </row>
     <row r="957" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A957" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B957" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78065415</v>
+        <v>1693</v>
+      </c>
+      <c r="C957" t="s">
+        <v>1700</v>
       </c>
       <c r="D957" t="s">
-        <v>885</v>
+        <v>1701</v>
       </c>
       <c r="E957" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F957" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="958" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A958" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B958" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068415</v>
+        <v>1693</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1702</v>
       </c>
       <c r="D958" t="s">
-        <v>886</v>
+        <v>1703</v>
       </c>
       <c r="E958" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F958" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="959" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A959" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B959" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78069761</v>
+        <v>1693</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1704</v>
       </c>
       <c r="D959" t="s">
-        <v>887</v>
+        <v>1705</v>
       </c>
       <c r="E959" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F959" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="960" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A960" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B960" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068515</v>
+        <v>1693</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1706</v>
       </c>
       <c r="D960" t="s">
-        <v>888</v>
+        <v>1707</v>
       </c>
       <c r="E960" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F960" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="961" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A961" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B961" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068615</v>
+        <v>1693</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1708</v>
       </c>
       <c r="D961" t="s">
-        <v>889</v>
+        <v>1709</v>
       </c>
       <c r="E961" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F961" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="962" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A962" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B962" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78068715</v>
+        <v>1693</v>
+      </c>
+      <c r="C962" t="s">
+        <v>1710</v>
       </c>
       <c r="D962" t="s">
-        <v>890</v>
+        <v>1711</v>
       </c>
       <c r="E962" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F962" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="963" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A963" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B963" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78042220</v>
+        <v>1693</v>
+      </c>
+      <c r="C963" t="s">
+        <v>1712</v>
       </c>
       <c r="D963" t="s">
-        <v>891</v>
+        <v>1713</v>
       </c>
       <c r="E963" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45840</v>
+        <v>31</v>
+      </c>
+      <c r="F963" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="964" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A964" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B964" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78056751</v>
+        <v>1693</v>
+      </c>
+      <c r="C964" t="s">
+        <v>1714</v>
       </c>
       <c r="D964" t="s">
-        <v>892</v>
+        <v>1715</v>
       </c>
       <c r="E964" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F964" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="965" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A965" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B965" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78062051</v>
+        <v>1693</v>
+      </c>
+      <c r="C965" t="s">
+        <v>1716</v>
       </c>
       <c r="D965" t="s">
-        <v>893</v>
+        <v>1717</v>
       </c>
       <c r="E965" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>31</v>
+      </c>
+      <c r="F965" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="966" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A966" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B966" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78060715</v>
+        <v>1718</v>
+      </c>
+      <c r="C966" t="s">
+        <v>1719</v>
       </c>
       <c r="D966" t="s">
-        <v>894</v>
+        <v>1720</v>
       </c>
       <c r="E966" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F966" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="967" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A967" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B967" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78064913</v>
+        <v>1718</v>
+      </c>
+      <c r="C967" t="s">
+        <v>1721</v>
       </c>
       <c r="D967" t="s">
-        <v>895</v>
+        <v>1722</v>
       </c>
       <c r="E967" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45552</v>
+        <v>619</v>
+      </c>
+      <c r="F967" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="968" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A968" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B968" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78118920</v>
+        <v>1718</v>
+      </c>
+      <c r="C968" t="s">
+        <v>1723</v>
       </c>
       <c r="D968" t="s">
-        <v>896</v>
+        <v>1724</v>
       </c>
       <c r="E968" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F968" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="969" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A969" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B969" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78067119</v>
+        <v>1718</v>
+      </c>
+      <c r="C969" t="s">
+        <v>1725</v>
       </c>
       <c r="D969" t="s">
-        <v>897</v>
+        <v>1726</v>
       </c>
       <c r="E969" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F969" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="970" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A970" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B970" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78069819</v>
+        <v>1718</v>
+      </c>
+      <c r="C970" t="s">
+        <v>1727</v>
       </c>
       <c r="D970" t="s">
-        <v>898</v>
+        <v>1728</v>
       </c>
       <c r="E970" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F970" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="971" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A971" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B971" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78069802</v>
+        <v>1718</v>
+      </c>
+      <c r="C971" t="s">
+        <v>1729</v>
       </c>
       <c r="D971" t="s">
-        <v>899</v>
+        <v>1730</v>
       </c>
       <c r="E971" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F971" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="972" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A972" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B972" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78069899</v>
+        <v>1718</v>
+      </c>
+      <c r="C972" t="s">
+        <v>1731</v>
       </c>
       <c r="D972" t="s">
-        <v>900</v>
+        <v>1732</v>
       </c>
       <c r="E972" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F972" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="973" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A973" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B973" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78059251</v>
+        <v>1718</v>
+      </c>
+      <c r="C973" t="s">
+        <v>1733</v>
       </c>
       <c r="D973" t="s">
-        <v>901</v>
+        <v>1734</v>
       </c>
       <c r="E973" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F973" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="974" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A974" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B974" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78059287</v>
+        <v>1718</v>
+      </c>
+      <c r="C974" t="s">
+        <v>1735</v>
       </c>
       <c r="D974" t="s">
-        <v>901</v>
+        <v>1736</v>
       </c>
       <c r="E974" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F974" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="975" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A975" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B975" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78052651</v>
+        <v>1718</v>
+      </c>
+      <c r="C975" t="s">
+        <v>1737</v>
       </c>
       <c r="D975" t="s">
-        <v>902</v>
+        <v>1738</v>
       </c>
       <c r="E975" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F975" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="976" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A976" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B976" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78052687</v>
+        <v>1739</v>
+      </c>
+      <c r="C976" t="s">
+        <v>1740</v>
       </c>
       <c r="D976" t="s">
-        <v>902</v>
+        <v>1741</v>
       </c>
       <c r="E976" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>1179</v>
+      </c>
+      <c r="F976" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="977" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A977" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B977" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78095166</v>
+        <v>1742</v>
+      </c>
+      <c r="C977" t="s">
+        <v>1743</v>
       </c>
       <c r="D977" t="s">
-        <v>903</v>
+        <v>1744</v>
       </c>
       <c r="E977" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>619</v>
+      </c>
+      <c r="F977" s="13">
+        <v>45303</v>
       </c>
     </row>
     <row r="978" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A978" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B978" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78082581</v>
+        <v>1742</v>
+      </c>
+      <c r="C978" t="s">
+        <v>1743</v>
       </c>
       <c r="D978" t="s">
-        <v>904</v>
+        <v>1744</v>
       </c>
       <c r="E978" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45476</v>
+        <v>619</v>
+      </c>
+      <c r="F978" s="13">
+        <v>45670</v>
       </c>
     </row>
     <row r="979" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A979" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B979" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78100768</v>
+        <v>1745</v>
+      </c>
+      <c r="C979" t="s">
+        <v>1746</v>
       </c>
       <c r="D979" t="s">
-        <v>905</v>
+        <v>1747</v>
       </c>
       <c r="E979" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>159</v>
+      </c>
+      <c r="F979" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="980" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A980" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B980" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78086001</v>
+        <v>1748</v>
+      </c>
+      <c r="C980" t="s">
+        <v>1749</v>
       </c>
       <c r="D980" t="s">
-        <v>906</v>
+        <v>1750</v>
       </c>
       <c r="E980" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>490</v>
+      </c>
+      <c r="F980" s="13">
+        <v>45698</v>
       </c>
     </row>
     <row r="981" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A981" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B981" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78086742</v>
+        <v>1748</v>
+      </c>
+      <c r="C981" t="s">
+        <v>1751</v>
       </c>
       <c r="D981" t="s">
-        <v>907</v>
+        <v>1752</v>
       </c>
       <c r="E981" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>490</v>
+      </c>
+      <c r="F981" s="13">
+        <v>45698</v>
       </c>
     </row>
     <row r="982" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A982" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B982" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78087463</v>
+        <v>1753</v>
+      </c>
+      <c r="C982" t="s">
+        <v>1754</v>
       </c>
       <c r="D982" t="s">
-        <v>908</v>
+        <v>1755</v>
       </c>
       <c r="E982" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>67</v>
+      </c>
+      <c r="F982" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="983" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A983" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B983" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78063941</v>
+        <v>1753</v>
+      </c>
+      <c r="C983" t="s">
+        <v>1756</v>
       </c>
       <c r="D983" t="s">
-        <v>909</v>
+        <v>1757</v>
       </c>
       <c r="E983" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>67</v>
+      </c>
+      <c r="F983" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="984" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A984" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B984" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78063968</v>
+        <v>1753</v>
+      </c>
+      <c r="C984" t="s">
+        <v>1758</v>
       </c>
       <c r="D984" t="s">
-        <v>909</v>
+        <v>1759</v>
       </c>
       <c r="E984" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>590</v>
+      </c>
+      <c r="F984" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="985" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A985" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B985" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78063997</v>
+        <v>1753</v>
+      </c>
+      <c r="C985" t="s">
+        <v>1760</v>
       </c>
       <c r="D985" t="s">
-        <v>910</v>
+        <v>1761</v>
       </c>
       <c r="E985" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>653</v>
+      </c>
+      <c r="F985" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="986" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A986" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B986" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78063998</v>
+        <v>1753</v>
+      </c>
+      <c r="C986" t="s">
+        <v>1762</v>
       </c>
       <c r="D986" t="s">
-        <v>910</v>
+        <v>1763</v>
       </c>
       <c r="E986" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>143</v>
+      </c>
+      <c r="F986" s="13">
+        <v>45627</v>
       </c>
     </row>
     <row r="987" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A987" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B987" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78107068</v>
+        <v>1764</v>
+      </c>
+      <c r="C987" t="s">
+        <v>1765</v>
       </c>
       <c r="D987" t="s">
-        <v>911</v>
+        <v>1766</v>
       </c>
       <c r="E987" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45840</v>
+        <v>85</v>
+      </c>
+      <c r="F987" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="988" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A988" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B988" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78101415</v>
+        <v>1767</v>
+      </c>
+      <c r="C988" t="s">
+        <v>1768</v>
       </c>
       <c r="D988" t="s">
-        <v>912</v>
+        <v>1769</v>
       </c>
       <c r="E988" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>623</v>
+      </c>
+      <c r="F988" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="989" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A989" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B989" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78098615</v>
+        <v>1767</v>
+      </c>
+      <c r="C989" t="s">
+        <v>1770</v>
       </c>
       <c r="D989" t="s">
-        <v>913</v>
+        <v>1771</v>
       </c>
       <c r="E989" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>623</v>
+      </c>
+      <c r="F989" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="990" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A990" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B990" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78110515</v>
+        <v>1767</v>
+      </c>
+      <c r="C990" t="s">
+        <v>1772</v>
       </c>
       <c r="D990" t="s">
-        <v>914</v>
+        <v>1773</v>
       </c>
       <c r="E990" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>623</v>
+      </c>
+      <c r="F990" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="991" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A991" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B991" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>78111215</v>
+        <v>1767</v>
+      </c>
+      <c r="C991" t="s">
+        <v>1774</v>
       </c>
       <c r="D991" t="s">
-        <v>915</v>
+        <v>1775</v>
       </c>
       <c r="E991" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45671</v>
+        <v>623</v>
+      </c>
+      <c r="F991" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="992" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A992" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B992" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>169203011</v>
+        <v>1767</v>
+      </c>
+      <c r="C992" t="s">
+        <v>1776</v>
       </c>
       <c r="D992" t="s">
-        <v>917</v>
+        <v>1777</v>
       </c>
       <c r="E992" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F992" s="12">
+        <v>623</v>
+      </c>
+      <c r="F992" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="993" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A993" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B993" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>169203711</v>
+        <v>1767</v>
+      </c>
+      <c r="C993" t="s">
+        <v>1778</v>
       </c>
       <c r="D993" t="s">
-        <v>918</v>
+        <v>1779</v>
       </c>
       <c r="E993" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F993" s="12">
+        <v>623</v>
+      </c>
+      <c r="F993" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="994" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A994" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B994" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>169770521</v>
+        <v>1767</v>
+      </c>
+      <c r="C994" t="s">
+        <v>1780</v>
       </c>
       <c r="D994" t="s">
-        <v>919</v>
+        <v>1781</v>
       </c>
       <c r="E994" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F994" s="12">
+        <v>623</v>
+      </c>
+      <c r="F994" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="995" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A995" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B995" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>169770821</v>
+        <v>1767</v>
+      </c>
+      <c r="C995" t="s">
+        <v>1782</v>
       </c>
       <c r="D995" t="s">
-        <v>920</v>
+        <v>1783</v>
       </c>
       <c r="E995" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F995" s="12">
+        <v>623</v>
+      </c>
+      <c r="F995" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="996" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A996" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B996" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>169770321</v>
+        <v>1784</v>
+      </c>
+      <c r="C996" t="s">
+        <v>1785</v>
       </c>
       <c r="D996" t="s">
-        <v>921</v>
+        <v>1786</v>
       </c>
       <c r="E996" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F996" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="997" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A997" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B997" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>71143037501</v>
+        <v>1784</v>
+      </c>
+      <c r="C997" t="s">
+        <v>1785</v>
       </c>
       <c r="D997" t="s">
-        <v>923</v>
+        <v>1786</v>
       </c>
       <c r="E997" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>979</v>
+      </c>
+      <c r="F997" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="998" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A998" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B998" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>71143037501</v>
+        <v>1784</v>
+      </c>
+      <c r="C998" t="s">
+        <v>1787</v>
       </c>
       <c r="D998" t="s">
-        <v>923</v>
+        <v>1788</v>
       </c>
       <c r="E998" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F998" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="999" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A999" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B999" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>78206012901</v>
+        <v>1784</v>
+      </c>
+      <c r="C999" t="s">
+        <v>1787</v>
       </c>
       <c r="D999" t="s">
-        <v>926</v>
+        <v>1788</v>
       </c>
       <c r="E999" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>979</v>
+      </c>
+      <c r="F999" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1000" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1000" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1000" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>78206013001</v>
+        <v>1784</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>1789</v>
       </c>
       <c r="D1000" t="s">
-        <v>927</v>
+        <v>1790</v>
       </c>
       <c r="E1000" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>979</v>
+      </c>
+      <c r="F1000" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1001" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1001" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1001" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>78206013101</v>
+        <v>1784</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>1789</v>
       </c>
       <c r="D1001" t="s">
-        <v>928</v>
+        <v>1790</v>
       </c>
       <c r="E1001" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45296</v>
+        <v>979</v>
+      </c>
+      <c r="F1001" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1002" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1002" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1002" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>78206014301</v>
+        <v>1784</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>1791</v>
       </c>
       <c r="D1002" t="s">
-        <v>929</v>
+        <v>1792</v>
       </c>
       <c r="E1002" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1002" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1003" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1003" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1003" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>81802000172</v>
+        <v>1784</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>1791</v>
       </c>
       <c r="D1003" t="s">
-        <v>931</v>
+        <v>1792</v>
       </c>
       <c r="E1003" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>979</v>
+      </c>
+      <c r="F1003" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1004" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1004" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1004" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>81802000172</v>
+        <v>1784</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>1793</v>
       </c>
       <c r="D1004" t="s">
-        <v>931</v>
+        <v>1794</v>
       </c>
       <c r="E1004" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45748</v>
+        <v>979</v>
+      </c>
+      <c r="F1004" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1005" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1005" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1005" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148007280</v>
+        <v>1784</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>1793</v>
       </c>
       <c r="D1005" t="s">
-        <v>933</v>
+        <v>1794</v>
       </c>
       <c r="E1005" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1005" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1006" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1006" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1006" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148008213</v>
+        <v>1784</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>1795</v>
       </c>
       <c r="D1006" t="s">
-        <v>934</v>
+        <v>1796</v>
       </c>
       <c r="E1006" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1006" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1007" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1007" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1007" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148007928</v>
+        <v>1784</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>1795</v>
       </c>
       <c r="D1007" t="s">
-        <v>935</v>
+        <v>1796</v>
       </c>
       <c r="E1007" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1007" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1008" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1008" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1008" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148008028</v>
+        <v>1784</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>1797</v>
       </c>
       <c r="D1008" t="s">
-        <v>936</v>
+        <v>1798</v>
       </c>
       <c r="E1008" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1008" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1009" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1009" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1009" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148008728</v>
+        <v>1784</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>1797</v>
       </c>
       <c r="D1009" t="s">
-        <v>937</v>
+        <v>1798</v>
       </c>
       <c r="E1009" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1009" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1010" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1010" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1010" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148008828</v>
+        <v>1784</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>1799</v>
       </c>
       <c r="D1010" t="s">
-        <v>938</v>
+        <v>1800</v>
       </c>
       <c r="E1010" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1010" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1011" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1011" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1011" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>59148008928</v>
+        <v>1784</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>1801</v>
       </c>
       <c r="D1011" t="s">
-        <v>939</v>
+        <v>1802</v>
       </c>
       <c r="E1011" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>979</v>
+      </c>
+      <c r="F1011" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1012" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1012" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1012" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>71715000227</v>
+        <v>1784</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>1803</v>
       </c>
       <c r="D1012" t="s">
-        <v>941</v>
+        <v>1804</v>
       </c>
       <c r="E1012" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>979</v>
+      </c>
+      <c r="F1012" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1013" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1013" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1013" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>71715000227</v>
+        <v>1805</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>1806</v>
       </c>
       <c r="D1013" t="s">
-        <v>941</v>
+        <v>1807</v>
       </c>
       <c r="E1013" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>623</v>
+      </c>
+      <c r="F1013" s="13">
+        <v>45321</v>
       </c>
     </row>
     <row r="1014" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1014" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1014" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>71715000221</v>
+        <v>1808</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>1809</v>
       </c>
       <c r="D1014" t="s">
-        <v>943</v>
+        <v>1810</v>
       </c>
       <c r="E1014" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>1144</v>
+      </c>
+      <c r="F1014" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="1015" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1015" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1015" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>71715000221</v>
+        <v>1811</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>1812</v>
       </c>
       <c r="D1015" t="s">
-        <v>943</v>
+        <v>1813</v>
       </c>
       <c r="E1015" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>405</v>
+      </c>
+      <c r="F1015" s="13">
+        <v>45329</v>
       </c>
     </row>
     <row r="1016" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1016" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1016" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-        <v>71837584305</v>
+        <v>1811</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>1814</v>
       </c>
       <c r="D1016" t="s">
-        <v>945</v>
+        <v>1815</v>
       </c>
       <c r="E1016" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>159</v>
+      </c>
+      <c r="F1016" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1017" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1017" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1017" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69033530</v>
+        <v>1811</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>1814</v>
       </c>
       <c r="D1017" t="s">
-        <v>946</v>
+        <v>1815</v>
       </c>
       <c r="E1017" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F1017" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1018" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1018" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1018" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69023530</v>
+        <v>1816</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>1817</v>
       </c>
       <c r="D1018" t="s">
-        <v>947</v>
+        <v>1818</v>
       </c>
       <c r="E1018" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>653</v>
+      </c>
+      <c r="F1018" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1019" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1019" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1019" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69014501</v>
+        <v>1816</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>1817</v>
       </c>
       <c r="D1019" t="s">
-        <v>948</v>
+        <v>1818</v>
       </c>
       <c r="E1019" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1019" s="12">
+        <v>653</v>
+      </c>
+      <c r="F1019" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1020" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1020" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1020" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69015111</v>
+        <v>1819</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>1820</v>
       </c>
       <c r="D1020" t="s">
-        <v>949</v>
+        <v>1821</v>
       </c>
       <c r="E1020" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>67</v>
+      </c>
+      <c r="F1020" s="13">
+        <v>45823</v>
       </c>
     </row>
     <row r="1021" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1021" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1021" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69013501</v>
+        <v>616</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>1822</v>
       </c>
       <c r="D1021" t="s">
-        <v>950</v>
+        <v>1823</v>
       </c>
       <c r="E1021" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>619</v>
+      </c>
+      <c r="F1021" s="13">
+        <v>45558</v>
       </c>
     </row>
     <row r="1022" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1022" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1022" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69019301</v>
+        <v>1824</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>1825</v>
       </c>
       <c r="D1022" t="s">
-        <v>951</v>
+        <v>1826</v>
       </c>
       <c r="E1022" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F1022" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="1023" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1023" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1023" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69013601</v>
+        <v>1824</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>1825</v>
       </c>
       <c r="D1023" t="s">
-        <v>952</v>
+        <v>1826</v>
       </c>
       <c r="E1023" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F1023" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="1024" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1024" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1024" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69814120</v>
+        <v>1824</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>1825</v>
       </c>
       <c r="D1024" t="s">
-        <v>953</v>
+        <v>1826</v>
       </c>
       <c r="E1024" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1024" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1025" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1025" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1025" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69814020</v>
+        <v>1827</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>1828</v>
       </c>
       <c r="D1025" t="s">
-        <v>954</v>
+        <v>1829</v>
       </c>
       <c r="E1025" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1025" s="13">
+        <v>45506</v>
       </c>
     </row>
     <row r="1026" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1026" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1026" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69027430</v>
+        <v>28</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>29</v>
       </c>
       <c r="D1026" t="s">
-        <v>955</v>
+        <v>30</v>
       </c>
       <c r="E1026" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1026" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1027" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1027" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1027" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69196502</v>
+        <v>669</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>1830</v>
       </c>
       <c r="D1027" t="s">
-        <v>956</v>
+        <v>1831</v>
       </c>
       <c r="E1027" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F1027" s="12">
+        <v>490</v>
+      </c>
+      <c r="F1027" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1028" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1028" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1028" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69023101</v>
+        <v>725</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>1832</v>
       </c>
       <c r="D1028" t="s">
-        <v>957</v>
+        <v>1833</v>
       </c>
       <c r="E1028" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F1028" s="13">
+        <v>45757</v>
       </c>
     </row>
     <row r="1029" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1029" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1029" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69022701</v>
+        <v>1834</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>1835</v>
       </c>
       <c r="D1029" t="s">
-        <v>958</v>
+        <v>1836</v>
       </c>
       <c r="E1029" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F1029" s="13">
+        <v>45607</v>
       </c>
     </row>
     <row r="1030" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1030" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1030" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69018821</v>
+        <v>77</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>81</v>
       </c>
       <c r="D1030" t="s">
-        <v>959</v>
+        <v>79</v>
       </c>
       <c r="E1030" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1030" s="12">
+        <v>31</v>
+      </c>
+      <c r="F1030" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1031" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1031" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1031" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69048603</v>
+        <v>77</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>80</v>
       </c>
       <c r="D1031" t="s">
-        <v>960</v>
+        <v>79</v>
       </c>
       <c r="E1031" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1031" s="12">
+        <v>31</v>
+      </c>
+      <c r="F1031" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1032" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1032" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1032" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69018921</v>
+        <v>77</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>78</v>
       </c>
       <c r="D1032" t="s">
-        <v>961</v>
+        <v>79</v>
       </c>
       <c r="E1032" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1032" s="12">
+        <v>31</v>
+      </c>
+      <c r="F1032" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1033" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1033" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1033" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69068803</v>
+        <v>77</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>1837</v>
       </c>
       <c r="D1033" t="s">
-        <v>962</v>
+        <v>1838</v>
       </c>
       <c r="E1033" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F1033" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1034" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1034" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1034" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69018721</v>
+        <v>77</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>1839</v>
       </c>
       <c r="D1034" t="s">
-        <v>963</v>
+        <v>1840</v>
       </c>
       <c r="E1034" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1034" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1035" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1035" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1035" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69028403</v>
+        <v>77</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>1839</v>
       </c>
       <c r="D1035" t="s">
-        <v>964</v>
+        <v>1840</v>
       </c>
       <c r="E1035" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1035" s="12">
+        <v>31</v>
+      </c>
+      <c r="F1035" s="13">
         <v>45658</v>
       </c>
     </row>
     <row r="1036" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1036" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1036" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>9718830</v>
+        <v>951</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>1841</v>
       </c>
       <c r="D1036" t="s">
-        <v>965</v>
+        <v>1842</v>
       </c>
       <c r="E1036" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F1036" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="1037" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1037" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1037" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>9720001</v>
+        <v>1843</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>1844</v>
       </c>
       <c r="D1037" t="s">
-        <v>966</v>
+        <v>1845</v>
       </c>
       <c r="E1037" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1001</v>
+      </c>
+      <c r="F1037" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="1038" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1038" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1038" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>72618300002</v>
+        <v>1846</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>1847</v>
       </c>
       <c r="D1038" t="s">
-        <v>967</v>
+        <v>1848</v>
       </c>
       <c r="E1038" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>170</v>
+      </c>
+      <c r="F1038" s="13">
+        <v>45579</v>
       </c>
     </row>
     <row r="1039" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1039" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1039" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>72618300002</v>
+        <v>1849</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>1850</v>
       </c>
       <c r="D1039" t="s">
-        <v>967</v>
+        <v>1851</v>
       </c>
       <c r="E1039" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1011</v>
+      </c>
+      <c r="F1039" s="13">
+        <v>45329</v>
       </c>
     </row>
     <row r="1040" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1040" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1040" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69052002</v>
+        <v>1852</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>1853</v>
       </c>
       <c r="D1040" t="s">
-        <v>968</v>
+        <v>1854</v>
       </c>
       <c r="E1040" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F1040" s="13">
+        <v>45841</v>
       </c>
     </row>
     <row r="1041" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1041" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1041" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>13264681</v>
+        <v>1855</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>1856</v>
       </c>
       <c r="D1041" t="s">
-        <v>969</v>
+        <v>1857</v>
       </c>
       <c r="E1041" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1041" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1042" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1042" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1042" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>13262681</v>
+        <v>1855</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>1858</v>
       </c>
       <c r="D1042" t="s">
-        <v>970</v>
+        <v>1857</v>
       </c>
       <c r="E1042" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1042" s="13">
+        <v>45292</v>
       </c>
     </row>
     <row r="1043" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1043" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1043" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69083038</v>
+        <v>1855</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>1856</v>
       </c>
       <c r="D1043" t="s">
-        <v>971</v>
+        <v>1857</v>
       </c>
       <c r="E1043" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F1043" s="13">
+        <v>45689</v>
       </c>
     </row>
     <row r="1044" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1044" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1044" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69873030</v>
+        <v>1855</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>1858</v>
       </c>
       <c r="D1044" t="s">
-        <v>972</v>
+        <v>1857</v>
       </c>
       <c r="E1044" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>31</v>
+      </c>
+      <c r="F1044" s="13">
+        <v>45689</v>
       </c>
     </row>
     <row r="1045" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1045" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1045" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69197540</v>
+        <v>1859</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>1860</v>
       </c>
       <c r="D1045" t="s">
-        <v>973</v>
+        <v>1861</v>
       </c>
       <c r="E1045" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F1045" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1046" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1046" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1046" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69102902</v>
+        <v>1862</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>1863</v>
       </c>
       <c r="D1046" t="s">
-        <v>974</v>
+        <v>1864</v>
       </c>
       <c r="E1046" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1046" s="13">
+        <v>45688</v>
       </c>
     </row>
     <row r="1047" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1047" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1047" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69100201</v>
+        <v>1120</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>1865</v>
       </c>
       <c r="D1047" t="s">
-        <v>975</v>
+        <v>1866</v>
       </c>
       <c r="E1047" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F1047" s="13">
+        <v>45751</v>
       </c>
     </row>
     <row r="1048" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1048" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1048" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69050130</v>
+        <v>1120</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>1867</v>
       </c>
       <c r="D1048" t="s">
-        <v>976</v>
+        <v>1868</v>
       </c>
       <c r="E1048" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>143</v>
+      </c>
+      <c r="F1048" s="13">
+        <v>45751</v>
       </c>
     </row>
     <row r="1049" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1049" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1049" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69050230</v>
+        <v>1869</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>1870</v>
       </c>
       <c r="D1049" t="s">
-        <v>977</v>
+        <v>1871</v>
       </c>
       <c r="E1049" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1049" s="13">
+        <v>45341</v>
       </c>
     </row>
     <row r="1050" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1050" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1050" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>69100101</v>
+        <v>1869</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>1870</v>
       </c>
       <c r="D1050" t="s">
-        <v>978</v>
+        <v>1871</v>
       </c>
       <c r="E1050" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1050" s="13">
+        <v>45750</v>
       </c>
     </row>
     <row r="1051" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1051" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1051" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962014012</v>
+        <v>518</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>521</v>
       </c>
       <c r="D1051" t="s">
-        <v>980</v>
+        <v>520</v>
       </c>
       <c r="E1051" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1051" s="13">
+        <v>45750</v>
       </c>
     </row>
     <row r="1052" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1052" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1052" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962014009</v>
+        <v>518</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>519</v>
       </c>
       <c r="D1052" t="s">
-        <v>981</v>
+        <v>520</v>
       </c>
       <c r="E1052" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1052" s="13">
+        <v>45750</v>
       </c>
     </row>
     <row r="1053" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1053" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1053" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962001428</v>
+        <v>518</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>1872</v>
       </c>
       <c r="D1053" t="s">
-        <v>982</v>
+        <v>1873</v>
       </c>
       <c r="E1053" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1053" s="13">
+        <v>45912</v>
       </c>
     </row>
     <row r="1054" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1054" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1054" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962028028</v>
+        <v>1874</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>1875</v>
       </c>
       <c r="D1054" t="s">
-        <v>983</v>
+        <v>1876</v>
       </c>
       <c r="E1054" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1054" s="13">
+        <v>45600</v>
       </c>
     </row>
     <row r="1055" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1055" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1055" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962042028</v>
+        <v>1874</v>
+      </c>
+      <c r="C1055" t="s">
+        <v>1877</v>
       </c>
       <c r="D1055" t="s">
-        <v>984</v>
+        <v>1876</v>
       </c>
       <c r="E1055" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1055" s="13">
+        <v>45600</v>
       </c>
     </row>
     <row r="1056" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1056" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1056" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>57962007028</v>
+        <v>1874</v>
+      </c>
+      <c r="C1056" t="s">
+        <v>1878</v>
       </c>
       <c r="D1056" t="s">
-        <v>985</v>
+        <v>1879</v>
       </c>
       <c r="E1056" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>31</v>
+      </c>
+      <c r="F1056" s="13">
+        <v>45415</v>
       </c>
     </row>
     <row r="1057" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1057" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1057" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>73536050001</v>
+        <v>1874</v>
+      </c>
+      <c r="C1057" t="s">
+        <v>1880</v>
       </c>
       <c r="D1057" t="s">
-        <v>987</v>
+        <v>1881</v>
       </c>
       <c r="E1057" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45307</v>
+        <v>31</v>
+      </c>
+      <c r="F1057" s="13">
+        <v>45415</v>
       </c>
     </row>
     <row r="1058" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1058" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1058" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>73536050001</v>
+        <v>1882</v>
+      </c>
+      <c r="C1058" t="s">
+        <v>1883</v>
       </c>
       <c r="D1058" t="s">
-        <v>987</v>
+        <v>1884</v>
       </c>
       <c r="E1058" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45383</v>
+        <v>517</v>
+      </c>
+      <c r="F1058" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1059" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1059" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1059" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>73536050001</v>
+        <v>1882</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>1885</v>
       </c>
       <c r="D1059" t="s">
-        <v>987</v>
+        <v>1886</v>
       </c>
       <c r="E1059" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45674</v>
+        <v>517</v>
+      </c>
+      <c r="F1059" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1060" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1060" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1060" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>73536050001</v>
+        <v>1882</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>1887</v>
       </c>
       <c r="D1060" t="s">
-        <v>987</v>
+        <v>1888</v>
       </c>
       <c r="E1060" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45761</v>
+        <v>517</v>
+      </c>
+      <c r="F1060" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1061" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1061" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1061" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>71274017060</v>
+        <v>1882</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>1889</v>
       </c>
       <c r="D1061" t="s">
-        <v>989</v>
+        <v>1890</v>
       </c>
       <c r="E1061" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>517</v>
+      </c>
+      <c r="F1061" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1062" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1062" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1062" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>71274017060</v>
+        <v>1882</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>1891</v>
       </c>
       <c r="D1062" t="s">
-        <v>989</v>
+        <v>1892</v>
       </c>
       <c r="E1062" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>517</v>
+      </c>
+      <c r="F1062" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1063" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1063" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1063" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>70437024033</v>
+        <v>1882</v>
+      </c>
+      <c r="C1063" t="s">
+        <v>1893</v>
       </c>
       <c r="D1063" t="s">
-        <v>991</v>
+        <v>1894</v>
       </c>
       <c r="E1063" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45307</v>
+        <v>517</v>
+      </c>
+      <c r="F1063" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1064" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1064" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1064" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>70437024033</v>
+        <v>1882</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>1895</v>
       </c>
       <c r="D1064" t="s">
-        <v>991</v>
+        <v>1896</v>
       </c>
       <c r="E1064" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45691</v>
+        <v>517</v>
+      </c>
+      <c r="F1064" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1065" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1065" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1065" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>70437024018</v>
+        <v>1882</v>
+      </c>
+      <c r="C1065" t="s">
+        <v>1897</v>
       </c>
       <c r="D1065" t="s">
-        <v>992</v>
+        <v>1898</v>
       </c>
       <c r="E1065" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45307</v>
+        <v>517</v>
+      </c>
+      <c r="F1065" s="13">
+        <v>45733</v>
       </c>
     </row>
     <row r="1066" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1066" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1066" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>70437024018</v>
+        <v>1333</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>1899</v>
       </c>
       <c r="D1066" t="s">
-        <v>992</v>
+        <v>1900</v>
       </c>
       <c r="E1066" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45691</v>
+        <v>590</v>
+      </c>
+      <c r="F1066" s="13">
+        <v>45889</v>
       </c>
     </row>
     <row r="1067" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1067" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1067" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>59011048010</v>
+        <v>1333</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>1901</v>
       </c>
       <c r="D1067" t="s">
-        <v>994</v>
+        <v>1902</v>
       </c>
       <c r="E1067" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F1067" s="13">
+        <v>45306</v>
       </c>
     </row>
     <row r="1068" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1068" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1068" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>67871011107</v>
+        <v>1333</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>1901</v>
       </c>
       <c r="D1068" t="s">
-        <v>996</v>
+        <v>1902</v>
       </c>
       <c r="E1068" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F1068" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1069" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1069" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1069" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>70539000102</v>
+        <v>1333</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>1903</v>
       </c>
       <c r="D1069" t="s">
-        <v>998</v>
+        <v>1902</v>
       </c>
       <c r="E1069" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>590</v>
+      </c>
+      <c r="F1069" s="13">
+        <v>45786</v>
       </c>
     </row>
     <row r="1070" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1070" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1070" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>70539000102</v>
+        <v>1333</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>1901</v>
       </c>
       <c r="D1070" t="s">
-        <v>998</v>
+        <v>1902</v>
       </c>
       <c r="E1070" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F1070" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1071" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1071" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1071" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292041005</v>
+        <v>1333</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>1903</v>
       </c>
       <c r="D1071" t="s">
-        <v>301</v>
+        <v>1902</v>
       </c>
       <c r="E1071" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F1071" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1072" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1072" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1072" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292032060</v>
+        <v>1333</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>1904</v>
       </c>
       <c r="D1072" t="s">
-        <v>302</v>
+        <v>1905</v>
       </c>
       <c r="E1072" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>590</v>
+      </c>
+      <c r="F1072" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="1073" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1073" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1073" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292032160</v>
+        <v>1333</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>1906</v>
       </c>
       <c r="D1073" t="s">
-        <v>303</v>
+        <v>1907</v>
       </c>
       <c r="E1073" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>590</v>
+      </c>
+      <c r="F1073" s="13">
+        <v>45498</v>
       </c>
     </row>
     <row r="1074" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1074" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1074" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014101</v>
+        <v>1333</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>1906</v>
       </c>
       <c r="D1074" t="s">
-        <v>309</v>
+        <v>1907</v>
       </c>
       <c r="E1074" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>590</v>
+      </c>
+      <c r="F1074" s="13">
+        <v>45566</v>
       </c>
     </row>
     <row r="1075" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1075" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1075" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>55292014201</v>
+        <v>1333</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>1908</v>
       </c>
       <c r="D1075" t="s">
-        <v>310</v>
+        <v>1909</v>
       </c>
       <c r="E1075" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>590</v>
+      </c>
+      <c r="F1075" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="1076" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1076" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1076" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>61755001301</v>
+        <v>1333</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>1910</v>
       </c>
       <c r="D1076" t="s">
-        <v>1000</v>
+        <v>1911</v>
       </c>
       <c r="E1076" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45859</v>
+        <v>590</v>
+      </c>
+      <c r="F1076" s="13">
+        <v>45809</v>
       </c>
     </row>
     <row r="1077" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1077" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1077" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>72829001001</v>
+        <v>1912</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>1913</v>
       </c>
       <c r="D1077" t="s">
-        <v>1002</v>
+        <v>1914</v>
       </c>
       <c r="E1077" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>196</v>
+      </c>
+      <c r="F1077" s="13">
+        <v>45740</v>
       </c>
     </row>
     <row r="1078" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1078" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1078" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>72829001001</v>
+        <v>529</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>1915</v>
       </c>
       <c r="D1078" t="s">
-        <v>1002</v>
+        <v>1916</v>
       </c>
       <c r="E1078" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>31</v>
+      </c>
+      <c r="F1078" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="1079" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1079" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1079" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>72829001001</v>
+        <v>529</v>
+      </c>
+      <c r="C1079" t="s">
+        <v>530</v>
       </c>
       <c r="D1079" t="s">
-        <v>1002</v>
+        <v>531</v>
       </c>
       <c r="E1079" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>31</v>
+      </c>
+      <c r="F1079" s="13">
+        <v>45748</v>
       </c>
     </row>
     <row r="1080" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1080" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1080" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000101</v>
+        <v>1917</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>1918</v>
       </c>
       <c r="D1080" t="s">
-        <v>1004</v>
+        <v>1919</v>
       </c>
       <c r="E1080" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45295</v>
+        <v>101</v>
+      </c>
+      <c r="F1080" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1081" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1081" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1081" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000101</v>
+        <v>1917</v>
+      </c>
+      <c r="C1081" t="s">
+        <v>1918</v>
       </c>
       <c r="D1081" t="s">
-        <v>1004</v>
+        <v>1919</v>
       </c>
       <c r="E1081" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1081" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1082" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1082" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1082" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>1918</v>
       </c>
       <c r="D1082" t="s">
-        <v>1005</v>
+        <v>1919</v>
       </c>
       <c r="E1082" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45295</v>
+        <v>101</v>
+      </c>
+      <c r="F1082" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1083" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1083" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1083" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>1920</v>
       </c>
       <c r="D1083" t="s">
-        <v>1005</v>
+        <v>1921</v>
       </c>
       <c r="E1083" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1083" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1084" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1084" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1084" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000660</v>
+        <v>1917</v>
+      </c>
+      <c r="C1084" t="s">
+        <v>1920</v>
       </c>
       <c r="D1084" t="s">
-        <v>1006</v>
+        <v>1921</v>
       </c>
       <c r="E1084" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45468</v>
+        <v>101</v>
+      </c>
+      <c r="F1084" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1085" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1085" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1085" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000660</v>
+        <v>1917</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>1920</v>
       </c>
       <c r="D1085" t="s">
-        <v>1006</v>
+        <v>1921</v>
       </c>
       <c r="E1085" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1085" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1086" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1086" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1086" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000690</v>
+        <v>1917</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>1922</v>
       </c>
       <c r="D1086" t="s">
-        <v>1007</v>
+        <v>1923</v>
       </c>
       <c r="E1086" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45468</v>
+        <v>101</v>
+      </c>
+      <c r="F1086" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1087" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1087" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1087" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>71332000690</v>
+        <v>1917</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>1922</v>
       </c>
       <c r="D1087" t="s">
-        <v>1007</v>
+        <v>1923</v>
       </c>
       <c r="E1087" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1087" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1088" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1088" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1088" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>781300407</v>
+        <v>1917</v>
+      </c>
+      <c r="C1088" t="s">
+        <v>1922</v>
       </c>
       <c r="D1088" t="s">
-        <v>1009</v>
+        <v>1923</v>
       </c>
       <c r="E1088" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1088" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1089" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1089" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1089" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>79802020030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>1924</v>
       </c>
       <c r="D1089" t="s">
-        <v>1011</v>
+        <v>1925</v>
       </c>
       <c r="E1089" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45294</v>
+        <v>101</v>
+      </c>
+      <c r="F1089" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1090" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1090" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1090" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>79802020030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>1924</v>
       </c>
       <c r="D1090" t="s">
-        <v>1011</v>
+        <v>1925</v>
       </c>
       <c r="E1090" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1090" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1091" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1091" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1091" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>79802020030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>1924</v>
       </c>
       <c r="D1091" t="s">
-        <v>1011</v>
+        <v>1925</v>
       </c>
       <c r="E1091" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>101</v>
+      </c>
+      <c r="F1091" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1092" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1092" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1092" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>24591902</v>
+        <v>1917</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>1926</v>
       </c>
       <c r="D1092" t="s">
-        <v>1012</v>
+        <v>1927</v>
       </c>
       <c r="E1092" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1092" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1093" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1093" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1093" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>24591502</v>
+        <v>1917</v>
+      </c>
+      <c r="C1093" t="s">
+        <v>1926</v>
       </c>
       <c r="D1093" t="s">
-        <v>1013</v>
+        <v>1927</v>
       </c>
       <c r="E1093" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1093" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1094" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1094" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1094" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>24591401</v>
+        <v>1917</v>
+      </c>
+      <c r="C1094" t="s">
+        <v>1926</v>
       </c>
       <c r="D1094" t="s">
-        <v>1014</v>
+        <v>1927</v>
       </c>
       <c r="E1094" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1094" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1095" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1095" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1095" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>24590801</v>
+        <v>1917</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>1928</v>
       </c>
       <c r="D1095" t="s">
-        <v>1015</v>
+        <v>1929</v>
       </c>
       <c r="E1095" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1095" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1096" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1096" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1096" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>24592201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>1928</v>
       </c>
       <c r="D1096" t="s">
-        <v>1016</v>
+        <v>1929</v>
       </c>
       <c r="E1096" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1096" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1097" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1097" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1097" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>73650031601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1097" t="s">
+        <v>1928</v>
       </c>
       <c r="D1097" t="s">
-        <v>1017</v>
+        <v>1929</v>
       </c>
       <c r="E1097" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45294</v>
+        <v>101</v>
+      </c>
+      <c r="F1097" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1098" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1098" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1098" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>73650031601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1098" t="s">
+        <v>1930</v>
       </c>
       <c r="D1098" t="s">
-        <v>1017</v>
+        <v>1931</v>
       </c>
       <c r="E1098" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45474</v>
+        <v>101</v>
+      </c>
+      <c r="F1098" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1099" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1099" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1099" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>73650031601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1099" t="s">
+        <v>1930</v>
       </c>
       <c r="D1099" t="s">
-        <v>1017</v>
+        <v>1931</v>
       </c>
       <c r="E1099" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45660</v>
+        <v>101</v>
+      </c>
+      <c r="F1099" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1100" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1100" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>73650031601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1100" t="s">
+        <v>1930</v>
       </c>
       <c r="D1100" t="s">
-        <v>1017</v>
+        <v>1931</v>
       </c>
       <c r="E1100" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>101</v>
+      </c>
+      <c r="F1100" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1101" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1101" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>71767010001</v>
+        <v>1917</v>
+      </c>
+      <c r="C1101" t="s">
+        <v>1932</v>
       </c>
       <c r="D1101" t="s">
-        <v>1019</v>
+        <v>1933</v>
       </c>
       <c r="E1101" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>45561</v>
+        <v>101</v>
+      </c>
+      <c r="F1101" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1102" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1102" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>71767010001</v>
+        <v>1917</v>
+      </c>
+      <c r="C1102" t="s">
+        <v>1932</v>
       </c>
       <c r="D1102" t="s">
-        <v>1019</v>
+        <v>1933</v>
       </c>
       <c r="E1102" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>101</v>
+      </c>
+      <c r="F1102" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1103" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1103" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>51144000212</v>
+        <v>1917</v>
+      </c>
+      <c r="C1103" t="s">
+        <v>1932</v>
       </c>
       <c r="D1103" t="s">
-        <v>1021</v>
+        <v>1933</v>
       </c>
       <c r="E1103" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1103" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1104" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1104" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>51144000260</v>
+        <v>1917</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>1934</v>
       </c>
       <c r="D1104" t="s">
-        <v>1022</v>
+        <v>1935</v>
       </c>
       <c r="E1104" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1104" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1105" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1105" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>51144000160</v>
+        <v>1917</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>1934</v>
       </c>
       <c r="D1105" t="s">
-        <v>1023</v>
+        <v>1935</v>
       </c>
       <c r="E1105" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1105" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1106" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1106" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>73116022556</v>
+        <v>1917</v>
+      </c>
+      <c r="C1106" t="s">
+        <v>1934</v>
       </c>
       <c r="D1106" t="s">
-        <v>1025</v>
+        <v>1935</v>
       </c>
       <c r="E1106" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45566</v>
+        <v>101</v>
+      </c>
+      <c r="F1106" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1107" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1107" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087353501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1107" t="s">
+        <v>1936</v>
       </c>
       <c r="D1107" t="s">
-        <v>1027</v>
+        <v>1937</v>
       </c>
       <c r="E1107" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45300</v>
+        <v>101</v>
+      </c>
+      <c r="F1107" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1108" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1108" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087353501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1108" t="s">
+        <v>1936</v>
       </c>
       <c r="D1108" t="s">
-        <v>1027</v>
+        <v>1937</v>
       </c>
       <c r="E1108" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45475</v>
+        <v>101</v>
+      </c>
+      <c r="F1108" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1109" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1109" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087353501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1109" t="s">
+        <v>1936</v>
       </c>
       <c r="D1109" t="s">
-        <v>1027</v>
+        <v>1937</v>
       </c>
       <c r="E1109" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45666</v>
+        <v>101</v>
+      </c>
+      <c r="F1109" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1110" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1110" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087353501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>1938</v>
       </c>
       <c r="D1110" t="s">
-        <v>1027</v>
+        <v>1939</v>
       </c>
       <c r="E1110" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1110" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1111" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1111" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087122501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>1938</v>
       </c>
       <c r="D1111" t="s">
-        <v>1028</v>
+        <v>1939</v>
       </c>
       <c r="E1111" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45320</v>
+        <v>101</v>
+      </c>
+      <c r="F1111" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1112" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1112" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087122501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>1938</v>
       </c>
       <c r="D1112" t="s">
-        <v>1028</v>
+        <v>1939</v>
       </c>
       <c r="E1112" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1112" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1113" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1113" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400000</v>
+        <v>1917</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>1940</v>
       </c>
       <c r="D1113" t="s">
-        <v>1029</v>
+        <v>1941</v>
       </c>
       <c r="E1113" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1113" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1114" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1114" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400000</v>
+        <v>1917</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>1940</v>
       </c>
       <c r="D1114" t="s">
-        <v>1029</v>
+        <v>1941</v>
       </c>
       <c r="E1114" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1114" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1115" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1115" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400000</v>
+        <v>1917</v>
+      </c>
+      <c r="C1115" t="s">
+        <v>1940</v>
       </c>
       <c r="D1115" t="s">
-        <v>1029</v>
+        <v>1941</v>
       </c>
       <c r="E1115" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1115" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1116" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1116" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400004</v>
+        <v>1917</v>
+      </c>
+      <c r="C1116" t="s">
+        <v>1942</v>
       </c>
       <c r="D1116" t="s">
-        <v>1030</v>
+        <v>1943</v>
       </c>
       <c r="E1116" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1116" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1117" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1117" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400004</v>
+        <v>1917</v>
+      </c>
+      <c r="C1117" t="s">
+        <v>1942</v>
       </c>
       <c r="D1117" t="s">
-        <v>1030</v>
+        <v>1943</v>
       </c>
       <c r="E1117" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1117" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1118" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1118" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400004</v>
+        <v>1917</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>1942</v>
       </c>
       <c r="D1118" t="s">
-        <v>1030</v>
+        <v>1943</v>
       </c>
       <c r="E1118" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1118" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1119" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1119" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400005</v>
+        <v>1917</v>
+      </c>
+      <c r="C1119" t="s">
+        <v>1944</v>
       </c>
       <c r="D1119" t="s">
-        <v>1031</v>
+        <v>1945</v>
       </c>
       <c r="E1119" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1119" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1120" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1120" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400005</v>
+        <v>1917</v>
+      </c>
+      <c r="C1120" t="s">
+        <v>1944</v>
       </c>
       <c r="D1120" t="s">
-        <v>1031</v>
+        <v>1945</v>
       </c>
       <c r="E1120" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1120" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1121" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1121" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400005</v>
+        <v>1917</v>
+      </c>
+      <c r="C1121" t="s">
+        <v>1944</v>
       </c>
       <c r="D1121" t="s">
-        <v>1031</v>
+        <v>1945</v>
       </c>
       <c r="E1121" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1121" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1122" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1122" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1122" t="s">
+        <v>1946</v>
       </c>
       <c r="D1122" t="s">
-        <v>1032</v>
+        <v>1947</v>
       </c>
       <c r="E1122" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1122" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1123" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1123" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1123" t="s">
+        <v>1946</v>
       </c>
       <c r="D1123" t="s">
-        <v>1032</v>
+        <v>1947</v>
       </c>
       <c r="E1123" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1123" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1124" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1124" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1124" t="s">
+        <v>1946</v>
       </c>
       <c r="D1124" t="s">
-        <v>1032</v>
+        <v>1947</v>
       </c>
       <c r="E1124" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1124" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1125" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1125" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400007</v>
+        <v>1917</v>
+      </c>
+      <c r="C1125" t="s">
+        <v>1948</v>
       </c>
       <c r="D1125" t="s">
-        <v>1033</v>
+        <v>1949</v>
       </c>
       <c r="E1125" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1125" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1126" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1126" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400007</v>
+        <v>1917</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>1948</v>
       </c>
       <c r="D1126" t="s">
-        <v>1033</v>
+        <v>1949</v>
       </c>
       <c r="E1126" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1126" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1127" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1127" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400007</v>
+        <v>1917</v>
+      </c>
+      <c r="C1127" t="s">
+        <v>1948</v>
       </c>
       <c r="D1127" t="s">
-        <v>1033</v>
+        <v>1949</v>
       </c>
       <c r="E1127" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1127" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1128" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1128" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400008</v>
+        <v>1917</v>
+      </c>
+      <c r="C1128" t="s">
+        <v>1950</v>
       </c>
       <c r="D1128" t="s">
-        <v>1034</v>
+        <v>1951</v>
       </c>
       <c r="E1128" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1128" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1129" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1129" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400008</v>
+        <v>1917</v>
+      </c>
+      <c r="C1129" t="s">
+        <v>1950</v>
       </c>
       <c r="D1129" t="s">
-        <v>1034</v>
+        <v>1951</v>
       </c>
       <c r="E1129" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1129" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1130" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1130" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400008</v>
+        <v>1917</v>
+      </c>
+      <c r="C1130" t="s">
+        <v>1950</v>
       </c>
       <c r="D1130" t="s">
-        <v>1034</v>
+        <v>1951</v>
       </c>
       <c r="E1130" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1130" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1131" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1131" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400009</v>
+        <v>1917</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>1952</v>
       </c>
       <c r="D1131" t="s">
-        <v>1035</v>
+        <v>1953</v>
       </c>
       <c r="E1131" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45391</v>
+        <v>101</v>
+      </c>
+      <c r="F1131" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1132" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1132" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400009</v>
+        <v>1917</v>
+      </c>
+      <c r="C1132" t="s">
+        <v>1952</v>
       </c>
       <c r="D1132" t="s">
-        <v>1035</v>
+        <v>1953</v>
       </c>
       <c r="E1132" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1132" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1133" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1133" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087400009</v>
+        <v>1917</v>
+      </c>
+      <c r="C1133" t="s">
+        <v>1952</v>
       </c>
       <c r="D1133" t="s">
-        <v>1035</v>
+        <v>1953</v>
       </c>
       <c r="E1133" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45846</v>
+        <v>101</v>
+      </c>
+      <c r="F1133" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1134" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1134" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087332201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>1954</v>
       </c>
       <c r="D1134" t="s">
-        <v>1036</v>
+        <v>1955</v>
       </c>
       <c r="E1134" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45320</v>
+        <v>101</v>
+      </c>
+      <c r="F1134" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1135" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1135" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087332201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>1954</v>
       </c>
       <c r="D1135" t="s">
-        <v>1036</v>
+        <v>1955</v>
       </c>
       <c r="E1135" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1135" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1136" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1136" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087002203</v>
+        <v>1917</v>
+      </c>
+      <c r="C1136" t="s">
+        <v>1954</v>
       </c>
       <c r="D1136" t="s">
-        <v>1037</v>
+        <v>1955</v>
       </c>
       <c r="E1136" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45320</v>
+        <v>101</v>
+      </c>
+      <c r="F1136" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1137" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1137" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087002203</v>
+        <v>1917</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>1956</v>
       </c>
       <c r="D1137" t="s">
-        <v>1037</v>
+        <v>1957</v>
       </c>
       <c r="E1137" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1137" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1138" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1138" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087334401</v>
+        <v>1917</v>
+      </c>
+      <c r="C1138" t="s">
+        <v>1956</v>
       </c>
       <c r="D1138" t="s">
-        <v>1038</v>
+        <v>1957</v>
       </c>
       <c r="E1138" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45320</v>
+        <v>101</v>
+      </c>
+      <c r="F1138" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1139" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1139" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087334401</v>
+        <v>1917</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>1956</v>
       </c>
       <c r="D1139" t="s">
-        <v>1038</v>
+        <v>1957</v>
       </c>
       <c r="E1139" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1139" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1140" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1140" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087004403</v>
+        <v>1917</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>1958</v>
       </c>
       <c r="D1140" t="s">
-        <v>1039</v>
+        <v>1959</v>
       </c>
       <c r="E1140" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45320</v>
+        <v>101</v>
+      </c>
+      <c r="F1140" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1141" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1141" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087004403</v>
+        <v>1917</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>1958</v>
       </c>
       <c r="D1141" t="s">
-        <v>1039</v>
+        <v>1959</v>
       </c>
       <c r="E1141" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45686</v>
+        <v>101</v>
+      </c>
+      <c r="F1141" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1142" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1142" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087500003</v>
+        <v>1917</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>1958</v>
       </c>
       <c r="D1142" t="s">
-        <v>1040</v>
+        <v>1959</v>
       </c>
       <c r="E1142" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45300</v>
+        <v>101</v>
+      </c>
+      <c r="F1142" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1143" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1143" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087500003</v>
+        <v>1917</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>1960</v>
       </c>
       <c r="D1143" t="s">
-        <v>1040</v>
+        <v>1961</v>
       </c>
       <c r="E1143" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45666</v>
+        <v>101</v>
+      </c>
+      <c r="F1143" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1144" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1144" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087500006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1144" t="s">
+        <v>1960</v>
       </c>
       <c r="D1144" t="s">
-        <v>1041</v>
+        <v>1961</v>
       </c>
       <c r="E1144" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45300</v>
+        <v>101</v>
+      </c>
+      <c r="F1144" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1145" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1145" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>44087500006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1145" t="s">
+        <v>1960</v>
       </c>
       <c r="D1145" t="s">
-        <v>1041</v>
+        <v>1961</v>
       </c>
       <c r="E1145" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45666</v>
+        <v>101</v>
+      </c>
+      <c r="F1145" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1146" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1146" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694061760</v>
+        <v>1917</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>1962</v>
       </c>
       <c r="D1146" t="s">
-        <v>1043</v>
+        <v>1963</v>
       </c>
       <c r="E1146" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45294</v>
+        <v>101</v>
+      </c>
+      <c r="F1146" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1147" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1147" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694061760</v>
+        <v>1917</v>
+      </c>
+      <c r="C1147" t="s">
+        <v>1962</v>
       </c>
       <c r="D1147" t="s">
-        <v>1043</v>
+        <v>1963</v>
       </c>
       <c r="E1147" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1147" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1148" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1148" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694087910</v>
+        <v>1917</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>1962</v>
       </c>
       <c r="D1148" t="s">
-        <v>1044</v>
+        <v>1963</v>
       </c>
       <c r="E1148" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45511</v>
+        <v>101</v>
+      </c>
+      <c r="F1148" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1149" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1149" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694087910</v>
+        <v>1917</v>
+      </c>
+      <c r="C1149" t="s">
+        <v>1964</v>
       </c>
       <c r="D1149" t="s">
-        <v>1044</v>
+        <v>1965</v>
       </c>
       <c r="E1149" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45895</v>
+        <v>101</v>
+      </c>
+      <c r="F1149" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1150" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1150" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694072840</v>
+        <v>1917</v>
+      </c>
+      <c r="C1150" t="s">
+        <v>1964</v>
       </c>
       <c r="D1150" t="s">
-        <v>1045</v>
+        <v>1965</v>
       </c>
       <c r="E1150" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45511</v>
+        <v>101</v>
+      </c>
+      <c r="F1150" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1151" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1151" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>72694072840</v>
+        <v>1917</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>1964</v>
       </c>
       <c r="D1151" t="s">
-        <v>1045</v>
+        <v>1965</v>
       </c>
       <c r="E1151" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45895</v>
+        <v>101</v>
+      </c>
+      <c r="F1151" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1152" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1152" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783010101</v>
+        <v>1917</v>
+      </c>
+      <c r="C1152" t="s">
+        <v>1966</v>
       </c>
       <c r="D1152" t="s">
-        <v>1047</v>
+        <v>1967</v>
       </c>
       <c r="E1152" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1152" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1153" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1153" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1153" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783010101</v>
+        <v>1917</v>
+      </c>
+      <c r="C1153" t="s">
+        <v>1966</v>
       </c>
       <c r="D1153" t="s">
-        <v>1047</v>
+        <v>1967</v>
       </c>
       <c r="E1153" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1153" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1154" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1154" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1154" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783064401</v>
+        <v>1917</v>
+      </c>
+      <c r="C1154" t="s">
+        <v>1966</v>
       </c>
       <c r="D1154" t="s">
-        <v>1048</v>
+        <v>1967</v>
       </c>
       <c r="E1154" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1154" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1155" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1155" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1155" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783064401</v>
+        <v>1917</v>
+      </c>
+      <c r="C1155" t="s">
+        <v>1968</v>
       </c>
       <c r="D1155" t="s">
-        <v>1048</v>
+        <v>1969</v>
       </c>
       <c r="E1155" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1155" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1156" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1156" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1156" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783064601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1156" t="s">
+        <v>1968</v>
       </c>
       <c r="D1156" t="s">
-        <v>1049</v>
+        <v>1969</v>
       </c>
       <c r="E1156" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1156" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1157" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1157" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1157" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>47783064601</v>
+        <v>1917</v>
+      </c>
+      <c r="C1157" t="s">
+        <v>1968</v>
       </c>
       <c r="D1157" t="s">
-        <v>1049</v>
+        <v>1969</v>
       </c>
       <c r="E1157" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1157" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1158" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1158" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1158" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>68875010201</v>
+        <v>1917</v>
+      </c>
+      <c r="C1158" t="s">
+        <v>1970</v>
       </c>
       <c r="D1158" t="s">
-        <v>1050</v>
+        <v>1971</v>
       </c>
       <c r="E1158" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1158" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1159" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1159" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699010030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1159" t="s">
+        <v>1970</v>
       </c>
       <c r="D1159" t="s">
-        <v>1052</v>
+        <v>1971</v>
       </c>
       <c r="E1159" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1159" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1160" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1160" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699010030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1160" t="s">
+        <v>1970</v>
       </c>
       <c r="D1160" t="s">
-        <v>1052</v>
+        <v>1971</v>
       </c>
       <c r="E1160" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1160" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1161" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1161" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1161" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699015030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1161" t="s">
+        <v>1972</v>
       </c>
       <c r="D1161" t="s">
-        <v>1053</v>
+        <v>1973</v>
       </c>
       <c r="E1161" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1161" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1162" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1162" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1162" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699015030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1162" t="s">
+        <v>1972</v>
       </c>
       <c r="D1162" t="s">
-        <v>1053</v>
+        <v>1973</v>
       </c>
       <c r="E1162" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1162" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1163" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1163" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1163" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699020030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1163" t="s">
+        <v>1972</v>
       </c>
       <c r="D1163" t="s">
-        <v>1054</v>
+        <v>1973</v>
       </c>
       <c r="E1163" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1163" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1164" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1164" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1164" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699020030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1164" t="s">
+        <v>1974</v>
       </c>
       <c r="D1164" t="s">
-        <v>1054</v>
+        <v>1975</v>
       </c>
       <c r="E1164" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1164" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1165" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1165" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1165" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699005030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1165" t="s">
+        <v>1974</v>
       </c>
       <c r="D1165" t="s">
-        <v>1055</v>
+        <v>1975</v>
       </c>
       <c r="E1165" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1165" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1166" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1166" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1166" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>71699005030</v>
+        <v>1917</v>
+      </c>
+      <c r="C1166" t="s">
+        <v>1974</v>
       </c>
       <c r="D1166" t="s">
-        <v>1055</v>
+        <v>1975</v>
       </c>
       <c r="E1166" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1166" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1167" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1167" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1167" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>66658023407</v>
+        <v>1917</v>
+      </c>
+      <c r="C1167" t="s">
+        <v>1976</v>
       </c>
       <c r="D1167" t="s">
-        <v>1057</v>
+        <v>1977</v>
       </c>
       <c r="E1167" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1167" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1168" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1168" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1168" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>82448015014</v>
+        <v>1917</v>
+      </c>
+      <c r="C1168" t="s">
+        <v>1976</v>
       </c>
       <c r="D1168" t="s">
-        <v>1059</v>
+        <v>1977</v>
       </c>
       <c r="E1168" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45398</v>
+        <v>101</v>
+      </c>
+      <c r="F1168" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1169" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1169" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1169" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>82448015014</v>
+        <v>1917</v>
+      </c>
+      <c r="C1169" t="s">
+        <v>1976</v>
       </c>
       <c r="D1169" t="s">
-        <v>1059</v>
+        <v>1977</v>
       </c>
       <c r="E1169" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>101</v>
+      </c>
+      <c r="F1169" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1170" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1170" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1170" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>82448005018</v>
+        <v>1917</v>
+      </c>
+      <c r="C1170" t="s">
+        <v>1978</v>
       </c>
       <c r="D1170" t="s">
-        <v>1060</v>
+        <v>1979</v>
       </c>
       <c r="E1170" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45659</v>
+        <v>101</v>
+      </c>
+      <c r="F1170" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1171" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1171" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1171" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-        <v>72187010203</v>
+        <v>1917</v>
+      </c>
+      <c r="C1171" t="s">
+        <v>1978</v>
       </c>
       <c r="D1171" t="s">
-        <v>1062</v>
+        <v>1979</v>
       </c>
       <c r="E1171" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>101</v>
+      </c>
+      <c r="F1171" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1172" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1172" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1172" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-        <v>72187010103</v>
+        <v>1917</v>
+      </c>
+      <c r="C1172" t="s">
+        <v>1978</v>
       </c>
       <c r="D1172" t="s">
-        <v>1063</v>
+        <v>1979</v>
       </c>
       <c r="E1172" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45642</v>
+        <v>101</v>
+      </c>
+      <c r="F1172" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1173" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1173" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1173" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>63402020830</v>
+        <v>1917</v>
+      </c>
+      <c r="C1173" t="s">
+        <v>1980</v>
       </c>
       <c r="D1173" t="s">
-        <v>1065</v>
+        <v>1981</v>
       </c>
       <c r="E1173" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1173" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1174" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1174" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1174" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>72974012001</v>
+        <v>1917</v>
+      </c>
+      <c r="C1174" t="s">
+        <v>1980</v>
       </c>
       <c r="D1174" t="s">
-        <v>1066</v>
+        <v>1981</v>
       </c>
       <c r="E1174" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45656</v>
+        <v>101</v>
+      </c>
+      <c r="F1174" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1175" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1175" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1175" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>72974041501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1175" t="s">
+        <v>1980</v>
       </c>
       <c r="D1175" t="s">
-        <v>1067</v>
+        <v>1981</v>
       </c>
       <c r="E1175" t="s">
-        <v>1068</v>
-[...2 lines deleted...]
-        <v>45656</v>
+        <v>101</v>
+      </c>
+      <c r="F1175" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1176" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1176" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1176" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>47335040181</v>
+        <v>1917</v>
+      </c>
+      <c r="C1176" t="s">
+        <v>1982</v>
       </c>
       <c r="D1176" t="s">
-        <v>1070</v>
+        <v>1983</v>
       </c>
       <c r="E1176" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45386</v>
+        <v>101</v>
+      </c>
+      <c r="F1176" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1177" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1177" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1177" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>47335030383</v>
+        <v>1917</v>
+      </c>
+      <c r="C1177" t="s">
+        <v>1982</v>
       </c>
       <c r="D1177" t="s">
-        <v>1071</v>
+        <v>1983</v>
       </c>
       <c r="E1177" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45386</v>
+        <v>101</v>
+      </c>
+      <c r="F1177" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1178" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1178" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1178" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>47335030383</v>
+        <v>1917</v>
+      </c>
+      <c r="C1178" t="s">
+        <v>1982</v>
       </c>
       <c r="D1178" t="s">
-        <v>1071</v>
+        <v>1983</v>
       </c>
       <c r="E1178" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45772</v>
+        <v>101</v>
+      </c>
+      <c r="F1178" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1179" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1179" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1179" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>47335017795</v>
+        <v>1917</v>
+      </c>
+      <c r="C1179" t="s">
+        <v>1984</v>
       </c>
       <c r="D1179" t="s">
-        <v>1072</v>
+        <v>1985</v>
       </c>
       <c r="E1179" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45328</v>
+        <v>101</v>
+      </c>
+      <c r="F1179" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1180" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1180" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1180" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>47335017795</v>
+        <v>1917</v>
+      </c>
+      <c r="C1180" t="s">
+        <v>1984</v>
       </c>
       <c r="D1180" t="s">
-        <v>1072</v>
+        <v>1985</v>
       </c>
       <c r="E1180" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>45720</v>
+        <v>101</v>
+      </c>
+      <c r="F1180" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1181" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1181" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1181" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>70482017060</v>
+        <v>1917</v>
+      </c>
+      <c r="C1181" t="s">
+        <v>1984</v>
       </c>
       <c r="D1181" t="s">
-        <v>1074</v>
+        <v>1985</v>
       </c>
       <c r="E1181" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1181" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1182" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1182" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1182" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>70482017060</v>
+        <v>1917</v>
+      </c>
+      <c r="C1182" t="s">
+        <v>1986</v>
       </c>
       <c r="D1182" t="s">
-        <v>1074</v>
+        <v>1987</v>
       </c>
       <c r="E1182" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1182" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1183" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1183" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1183" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>70482008560</v>
+        <v>1917</v>
+      </c>
+      <c r="C1183" t="s">
+        <v>1986</v>
       </c>
       <c r="D1183" t="s">
-        <v>1076</v>
+        <v>1987</v>
       </c>
       <c r="E1183" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>101</v>
+      </c>
+      <c r="F1183" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1184" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1184" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1184" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>70482008560</v>
+        <v>1917</v>
+      </c>
+      <c r="C1184" t="s">
+        <v>1986</v>
       </c>
       <c r="D1184" t="s">
-        <v>1076</v>
+        <v>1987</v>
       </c>
       <c r="E1184" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>101</v>
+      </c>
+      <c r="F1184" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1185" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1185" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1185" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842072709</v>
+        <v>1917</v>
+      </c>
+      <c r="C1185" t="s">
+        <v>1988</v>
       </c>
       <c r="D1185" t="s">
-        <v>1078</v>
+        <v>1989</v>
       </c>
       <c r="E1185" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1185" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1186" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1186" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1186" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842012005</v>
+        <v>1917</v>
+      </c>
+      <c r="C1186" t="s">
+        <v>1988</v>
       </c>
       <c r="D1186" t="s">
-        <v>1079</v>
+        <v>1989</v>
       </c>
       <c r="E1186" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1186" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1187" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1187" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1187" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842012006</v>
+        <v>1917</v>
+      </c>
+      <c r="C1187" t="s">
+        <v>1988</v>
       </c>
       <c r="D1187" t="s">
-        <v>1080</v>
+        <v>1989</v>
       </c>
       <c r="E1187" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1187" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1188" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1188" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1188" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102501</v>
+        <v>1917</v>
+      </c>
+      <c r="C1188" t="s">
+        <v>1990</v>
       </c>
       <c r="D1188" t="s">
-        <v>1081</v>
+        <v>1991</v>
       </c>
       <c r="E1188" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1188" s="13">
+        <v>45301</v>
       </c>
     </row>
     <row r="1189" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1189" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1189" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102502</v>
+        <v>1917</v>
+      </c>
+      <c r="C1189" t="s">
+        <v>1990</v>
       </c>
       <c r="D1189" t="s">
-        <v>1082</v>
+        <v>1991</v>
       </c>
       <c r="E1189" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1189" s="13">
+        <v>45671</v>
       </c>
     </row>
     <row r="1190" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1190" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1190" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102503</v>
+        <v>1917</v>
+      </c>
+      <c r="C1190" t="s">
+        <v>1990</v>
       </c>
       <c r="D1190" t="s">
-        <v>1083</v>
+        <v>1991</v>
       </c>
       <c r="E1190" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>101</v>
+      </c>
+      <c r="F1190" s="13">
+        <v>45840</v>
       </c>
     </row>
     <row r="1191" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1191" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1191" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102001</v>
+        <v>1443</v>
+      </c>
+      <c r="C1191" t="s">
+        <v>1992</v>
       </c>
       <c r="D1191" t="s">
-        <v>1084</v>
+        <v>1993</v>
       </c>
       <c r="E1191" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>490</v>
+      </c>
+      <c r="F1191" s="13">
+        <v>45658</v>
       </c>
     </row>
     <row r="1192" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1192" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1192" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102002</v>
+        <v>1994</v>
+      </c>
+      <c r="C1192" t="s">
+        <v>1995</v>
       </c>
       <c r="D1192" t="s">
-        <v>1085</v>
+        <v>1996</v>
       </c>
       <c r="E1192" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>619</v>
+      </c>
+      <c r="F1192" s="13">
+        <v>45369</v>
       </c>
     </row>
     <row r="1193" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1193" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1193" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>64842102003</v>
+        <v>1994</v>
+      </c>
+      <c r="C1193" t="s">
+        <v>1995</v>
       </c>
       <c r="D1193" t="s">
-        <v>1086</v>
+        <v>1996</v>
       </c>
       <c r="E1193" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45664</v>
+        <v>619</v>
+      </c>
+      <c r="F1193" s="13">
+        <v>45408</v>
       </c>
     </row>
     <row r="1194" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1194" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1194" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>64764080028</v>
+        <v>1997</v>
+      </c>
+      <c r="C1194" t="s">
+        <v>1998</v>
       </c>
       <c r="D1194" t="s">
-        <v>1088</v>
+        <v>1999</v>
       </c>
       <c r="E1194" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1144</v>
+      </c>
+      <c r="F1194" s="13">
+        <v>45884</v>
       </c>
     </row>
     <row r="1195" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1195" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1195" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>64764080056</v>
+        <v>2000</v>
+      </c>
+      <c r="C1195" t="s">
+        <v>2001</v>
       </c>
       <c r="D1195" t="s">
-        <v>1089</v>
+        <v>2002</v>
       </c>
       <c r="E1195" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>159</v>
+      </c>
+      <c r="F1195" s="13">
+        <v>45691</v>
       </c>
     </row>
     <row r="1196" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1196" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1196" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>64764010821</v>
+        <v>1586</v>
+      </c>
+      <c r="C1196" t="s">
+        <v>2003</v>
       </c>
       <c r="D1196" t="s">
-        <v>1090</v>
+        <v>1596</v>
       </c>
       <c r="E1196" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1011</v>
+      </c>
+      <c r="F1196" s="13">
+        <v>45294</v>
       </c>
     </row>
     <row r="1197" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1197" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1197" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>64764030020</v>
+        <v>1586</v>
+      </c>
+      <c r="C1197" t="s">
+        <v>2004</v>
       </c>
       <c r="D1197" t="s">
-        <v>1091</v>
+        <v>1596</v>
       </c>
       <c r="E1197" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1011</v>
+      </c>
+      <c r="F1197" s="13">
+        <v>45294</v>
       </c>
     </row>
     <row r="1198" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1198" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1198" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020018030</v>
+        <v>1586</v>
+      </c>
+      <c r="C1198" t="s">
+        <v>2004</v>
       </c>
       <c r="D1198" t="s">
-        <v>1093</v>
+        <v>1596</v>
       </c>
       <c r="E1198" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>1011</v>
+      </c>
+      <c r="F1198" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1199" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1199" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1199" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020011330</v>
+        <v>1586</v>
+      </c>
+      <c r="C1199" t="s">
+        <v>2003</v>
       </c>
       <c r="D1199" t="s">
-        <v>1094</v>
+        <v>1596</v>
       </c>
       <c r="E1199" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>1011</v>
+      </c>
+      <c r="F1199" s="13">
+        <v>45474</v>
       </c>
     </row>
     <row r="1200" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1200" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1200" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020009030</v>
+        <v>1586</v>
+      </c>
+      <c r="C1200" t="s">
+        <v>2004</v>
       </c>
       <c r="D1200" t="s">
-        <v>1095</v>
+        <v>1596</v>
       </c>
       <c r="E1200" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45663</v>
+        <v>1011</v>
+      </c>
+      <c r="F1200" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="1201" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1201" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1201" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020021021</v>
+        <v>1586</v>
+      </c>
+      <c r="C1201" t="s">
+        <v>2003</v>
       </c>
       <c r="D1201" t="s">
-        <v>1096</v>
+        <v>1596</v>
       </c>
       <c r="E1201" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>1011</v>
+      </c>
+      <c r="F1201" s="13">
+        <v>45660</v>
       </c>
     </row>
     <row r="1202" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1202" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1202" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020022521</v>
+        <v>1586</v>
+      </c>
+      <c r="C1202" t="s">
+        <v>2004</v>
       </c>
       <c r="D1202" t="s">
-        <v>1097</v>
+        <v>1596</v>
       </c>
       <c r="E1202" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1202" s="12">
+        <v>1011</v>
+      </c>
+      <c r="F1202" s="13">
         <v>45839</v>
       </c>
     </row>
     <row r="1203" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1203" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1203" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020023002</v>
+        <v>1586</v>
+      </c>
+      <c r="C1203" t="s">
+        <v>2003</v>
       </c>
       <c r="D1203" t="s">
-        <v>1098</v>
+        <v>1596</v>
       </c>
       <c r="E1203" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F1203" s="12">
+        <v>1011</v>
+      </c>
+      <c r="F1203" s="13">
         <v>45839</v>
       </c>
     </row>
     <row r="1204" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1204" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1204" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020039002</v>
+        <v>2005</v>
+      </c>
+      <c r="C1204" t="s">
+        <v>2006</v>
       </c>
       <c r="D1204" t="s">
-        <v>1099</v>
+        <v>2007</v>
       </c>
       <c r="E1204" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>196</v>
+      </c>
+      <c r="F1204" s="13">
+        <v>45404</v>
       </c>
     </row>
     <row r="1205" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1205" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1205" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020040002</v>
+        <v>575</v>
+      </c>
+      <c r="C1205" t="s">
+        <v>576</v>
       </c>
       <c r="D1205" t="s">
-        <v>1100</v>
+        <v>577</v>
       </c>
       <c r="E1205" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>578</v>
+      </c>
+      <c r="F1205" s="13">
+        <v>45898</v>
       </c>
     </row>
     <row r="1206" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1206" t="s">
-        <v>1297</v>
+        <v>581</v>
       </c>
       <c r="B1206" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020053630</v>
+        <v>575</v>
+      </c>
+      <c r="C1206" t="s">
+        <v>579</v>
       </c>
       <c r="D1206" t="s">
-        <v>1101</v>
+        <v>580</v>
       </c>
       <c r="E1206" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>578</v>
+      </c>
+      <c r="F1206" s="13">
+        <v>45898</v>
       </c>
     </row>
     <row r="1207" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1207" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1207" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020053530</v>
+        <v>2009</v>
+      </c>
+      <c r="C1207" t="s">
+        <v>2010</v>
       </c>
       <c r="D1207" t="s">
-        <v>1102</v>
+        <v>2011</v>
       </c>
       <c r="E1207" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>713</v>
+      </c>
+      <c r="F1207" s="13">
+        <v>45726</v>
       </c>
     </row>
     <row r="1208" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1208" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1208" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020053330</v>
+        <v>2012</v>
+      </c>
+      <c r="C1208" t="s">
+        <v>2013</v>
       </c>
       <c r="D1208" t="s">
-        <v>1103</v>
+        <v>2014</v>
       </c>
       <c r="E1208" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>107</v>
+      </c>
+      <c r="F1208" s="13">
+        <v>45854</v>
       </c>
     </row>
     <row r="1209" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1209" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1209" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>63020053430</v>
+        <v>2012</v>
+      </c>
+      <c r="C1209" t="s">
+        <v>2015</v>
       </c>
       <c r="D1209" t="s">
-        <v>1104</v>
+        <v>2016</v>
       </c>
       <c r="E1209" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>107</v>
+      </c>
+      <c r="F1209" s="13">
+        <v>45854</v>
       </c>
     </row>
     <row r="1210" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1210" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1210" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>70720012585</v>
+        <v>2012</v>
+      </c>
+      <c r="C1210" t="s">
+        <v>2017</v>
       </c>
       <c r="D1210" t="s">
-        <v>1106</v>
+        <v>2018</v>
       </c>
       <c r="E1210" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>107</v>
+      </c>
+      <c r="F1210" s="13">
+        <v>45854</v>
       </c>
     </row>
     <row r="1211" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1211" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1211" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>70720012585</v>
+        <v>2012</v>
+      </c>
+      <c r="C1211" t="s">
+        <v>2019</v>
       </c>
       <c r="D1211" t="s">
-        <v>1106</v>
+        <v>2020</v>
       </c>
       <c r="E1211" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>107</v>
+      </c>
+      <c r="F1211" s="13">
+        <v>45854</v>
       </c>
     </row>
     <row r="1212" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1212" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1212" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>70720012585</v>
+        <v>2012</v>
+      </c>
+      <c r="C1212" t="s">
+        <v>2021</v>
       </c>
       <c r="D1212" t="s">
-        <v>1106</v>
+        <v>2022</v>
       </c>
       <c r="E1212" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>45839</v>
+        <v>107</v>
+      </c>
+      <c r="F1212" s="13">
+        <v>45854</v>
       </c>
     </row>
     <row r="1213" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1213" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1213" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546017260</v>
+        <v>102</v>
+      </c>
+      <c r="C1213" t="s">
+        <v>2023</v>
       </c>
       <c r="D1213" t="s">
-        <v>1108</v>
+        <v>2024</v>
       </c>
       <c r="E1213" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F1213" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1214" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1214" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1214" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047156</v>
+        <v>102</v>
+      </c>
+      <c r="C1214" t="s">
+        <v>2025</v>
       </c>
       <c r="D1214" t="s">
-        <v>1109</v>
+        <v>2026</v>
       </c>
       <c r="E1214" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>619</v>
+      </c>
+      <c r="F1214" s="13">
+        <v>45839</v>
       </c>
     </row>
     <row r="1215" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1215" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1215" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047256</v>
+        <v>102</v>
+      </c>
+      <c r="C1215" t="s">
+        <v>2027</v>
       </c>
       <c r="D1215" t="s">
-        <v>1110</v>
+        <v>2028</v>
       </c>
       <c r="E1215" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>590</v>
+      </c>
+      <c r="F1215" s="13">
+        <v>45688</v>
       </c>
     </row>
     <row r="1216" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1216" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1216" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047356</v>
+        <v>351</v>
+      </c>
+      <c r="C1216" t="s">
+        <v>2029</v>
       </c>
       <c r="D1216" t="s">
-        <v>1111</v>
+        <v>2030</v>
       </c>
       <c r="E1216" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>2031</v>
+      </c>
+      <c r="F1216" s="13">
+        <v>45792</v>
       </c>
     </row>
     <row r="1217" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1217" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1217" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047456</v>
+        <v>2032</v>
+      </c>
+      <c r="C1217" t="s">
+        <v>2033</v>
       </c>
       <c r="D1217" t="s">
-        <v>1112</v>
+        <v>2034</v>
       </c>
       <c r="E1217" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>385</v>
+      </c>
+      <c r="F1217" s="13">
+        <v>45705</v>
       </c>
     </row>
     <row r="1218" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1218" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1218" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047556</v>
+        <v>2032</v>
+      </c>
+      <c r="C1218" t="s">
+        <v>2035</v>
       </c>
       <c r="D1218" t="s">
-        <v>1113</v>
+        <v>2036</v>
       </c>
       <c r="E1218" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>385</v>
+      </c>
+      <c r="F1218" s="13">
+        <v>45705</v>
       </c>
     </row>
     <row r="1219" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1219" t="s">
-        <v>1297</v>
+        <v>2008</v>
       </c>
       <c r="B1219" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>68546047656</v>
+        <v>2037</v>
+      </c>
+      <c r="C1219" t="s">
+        <v>2038</v>
       </c>
       <c r="D1219" t="s">
-        <v>1114</v>
+        <v>2039</v>
       </c>
       <c r="E1219" t="s">
-        <v>329</v>
-[...1021 lines deleted...]
-      <c r="F1270" s="12">
+        <v>876</v>
+      </c>
+      <c r="F1219" s="13">
         <v>45839</v>
       </c>
     </row>
-    <row r="1271" spans="1:6" x14ac:dyDescent="0.3">
-[...5045 lines deleted...]
-    <row r="1529" spans="1:6" x14ac:dyDescent="0.3"/>
+    <row r="1220" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1220" s="13"/>
+    </row>
+    <row r="1221" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1221" s="13"/>
+    </row>
+    <row r="1222" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1222" s="13"/>
+    </row>
+    <row r="1223" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1223" s="13"/>
+    </row>
+    <row r="1224" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1224" s="13"/>
+    </row>
+    <row r="1225" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1225" s="13"/>
+    </row>
+    <row r="1226" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1226" s="13"/>
+    </row>
+    <row r="1227" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1227" s="13"/>
+    </row>
+    <row r="1228" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1228" s="13"/>
+    </row>
+    <row r="1229" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1229" s="13"/>
+    </row>
+    <row r="1230" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1230" s="13"/>
+    </row>
+    <row r="1231" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1231" s="13"/>
+    </row>
+    <row r="1232" spans="1:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1232" s="13"/>
+    </row>
+    <row r="1233" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1233" s="13"/>
+    </row>
+    <row r="1234" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1234" s="13"/>
+    </row>
+    <row r="1235" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1235" s="13"/>
+    </row>
+    <row r="1236" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1236" s="13"/>
+    </row>
+    <row r="1237" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1237" s="13"/>
+    </row>
+    <row r="1238" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1238" s="13"/>
+    </row>
+    <row r="1239" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1239" s="13"/>
+    </row>
+    <row r="1240" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1240" s="13"/>
+    </row>
+    <row r="1241" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1241" s="13"/>
+    </row>
+    <row r="1242" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1242" s="13"/>
+    </row>
+    <row r="1243" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1243" s="13"/>
+    </row>
+    <row r="1244" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1244" s="13"/>
+    </row>
+    <row r="1245" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1245" s="13"/>
+    </row>
+    <row r="1246" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1246" s="13"/>
+    </row>
+    <row r="1247" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1247" s="13"/>
+    </row>
+    <row r="1248" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1248" s="13"/>
+    </row>
+    <row r="1249" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1249" s="13"/>
+    </row>
+    <row r="1250" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1250" s="13"/>
+    </row>
+    <row r="1251" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1251" s="13"/>
+    </row>
+    <row r="1252" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1252" s="13"/>
+    </row>
+    <row r="1253" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1253" s="13"/>
+    </row>
+    <row r="1254" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1254" s="13"/>
+    </row>
+    <row r="1255" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1255" s="13"/>
+    </row>
+    <row r="1256" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1256" s="13"/>
+    </row>
+    <row r="1257" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1257" s="13"/>
+    </row>
+    <row r="1258" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1258" s="13"/>
+    </row>
+    <row r="1259" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1259" s="13"/>
+    </row>
+    <row r="1260" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1260" s="13"/>
+    </row>
+    <row r="1261" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1261" s="13"/>
+    </row>
+    <row r="1262" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1262" s="13"/>
+    </row>
+    <row r="1263" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1263" s="13"/>
+    </row>
+    <row r="1264" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1264" s="13"/>
+    </row>
+    <row r="1265" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1265" s="13"/>
+    </row>
+    <row r="1266" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1266" s="13"/>
+    </row>
+    <row r="1267" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1267" s="13"/>
+    </row>
+    <row r="1268" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1268" s="13"/>
+    </row>
+    <row r="1269" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1269" s="13"/>
+    </row>
+    <row r="1270" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1270" s="13"/>
+    </row>
+    <row r="1271" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1271" s="13"/>
+    </row>
+    <row r="1272" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1272" s="13"/>
+    </row>
+    <row r="1273" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1273" s="13"/>
+    </row>
+    <row r="1274" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1274" s="13"/>
+    </row>
+    <row r="1275" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1275" s="13"/>
+    </row>
+    <row r="1276" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1276" s="13"/>
+    </row>
+    <row r="1277" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1277" s="13"/>
+    </row>
+    <row r="1278" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1278" s="13"/>
+    </row>
+    <row r="1279" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1279" s="13"/>
+    </row>
+    <row r="1280" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1280" s="13"/>
+    </row>
+    <row r="1281" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1281" s="13"/>
+    </row>
+    <row r="1282" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1282" s="13"/>
+    </row>
+    <row r="1283" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1283" s="13"/>
+    </row>
+    <row r="1284" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1284" s="13"/>
+    </row>
+    <row r="1285" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1285" s="13"/>
+    </row>
+    <row r="1286" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1286" s="13"/>
+    </row>
+    <row r="1287" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1287" s="13"/>
+    </row>
+    <row r="1288" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1288" s="13"/>
+    </row>
+    <row r="1289" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1289" s="13"/>
+    </row>
+    <row r="1290" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1290" s="13"/>
+    </row>
+    <row r="1291" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1291" s="13"/>
+    </row>
+    <row r="1292" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1292" s="13"/>
+    </row>
+    <row r="1293" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1293" s="13"/>
+    </row>
+    <row r="1294" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1294" s="13"/>
+    </row>
+    <row r="1295" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1295" s="13"/>
+    </row>
+    <row r="1296" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1296" s="13"/>
+    </row>
+    <row r="1297" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1297" s="13"/>
+    </row>
+    <row r="1298" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1298" s="13"/>
+    </row>
+    <row r="1299" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1299" s="13"/>
+    </row>
+    <row r="1300" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1300" s="13"/>
+    </row>
+    <row r="1301" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1301" s="13"/>
+    </row>
+    <row r="1302" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1302" s="13"/>
+    </row>
+    <row r="1303" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1303" s="13"/>
+    </row>
+    <row r="1304" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1304" s="13"/>
+    </row>
+    <row r="1305" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1305" s="13"/>
+    </row>
+    <row r="1306" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1306" s="13"/>
+    </row>
+    <row r="1307" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1307" s="13"/>
+    </row>
+    <row r="1308" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1308" s="13"/>
+    </row>
+    <row r="1309" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1309" s="13"/>
+    </row>
+    <row r="1310" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1310" s="13"/>
+    </row>
+    <row r="1311" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1311" s="13"/>
+    </row>
+    <row r="1312" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1312" s="13"/>
+    </row>
+    <row r="1313" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1313" s="13"/>
+    </row>
+    <row r="1314" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1314" s="13"/>
+    </row>
+    <row r="1315" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1315" s="13"/>
+    </row>
+    <row r="1316" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1316" s="13"/>
+    </row>
+    <row r="1317" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1317" s="13"/>
+    </row>
+    <row r="1318" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1318" s="13"/>
+    </row>
+    <row r="1319" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1319" s="13"/>
+    </row>
+    <row r="1320" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1320" s="13"/>
+    </row>
+    <row r="1321" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1321" s="13"/>
+    </row>
+    <row r="1322" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1322" s="13"/>
+    </row>
+    <row r="1323" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1323" s="13"/>
+    </row>
+    <row r="1324" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1324" s="13"/>
+    </row>
+    <row r="1325" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1325" s="13"/>
+    </row>
+    <row r="1326" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1326" s="13"/>
+    </row>
+    <row r="1327" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1327" s="13"/>
+    </row>
+    <row r="1328" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1328" s="13"/>
+    </row>
+    <row r="1329" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1329" s="13"/>
+    </row>
+    <row r="1330" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1330" s="13"/>
+    </row>
+    <row r="1331" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1331" s="13"/>
+    </row>
+    <row r="1332" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1332" s="13"/>
+    </row>
+    <row r="1333" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1333" s="13"/>
+    </row>
+    <row r="1334" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1334" s="13"/>
+    </row>
+    <row r="1335" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1335" s="13"/>
+    </row>
+    <row r="1336" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1336" s="13"/>
+    </row>
+    <row r="1337" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1337" s="13"/>
+    </row>
+    <row r="1338" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1338" s="13"/>
+    </row>
+    <row r="1339" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1339" s="13"/>
+    </row>
+    <row r="1340" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1340" s="13"/>
+    </row>
+    <row r="1341" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1341" s="13"/>
+    </row>
+    <row r="1342" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1342" s="13"/>
+    </row>
+    <row r="1343" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1343" s="13"/>
+    </row>
+    <row r="1344" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1344" s="13"/>
+    </row>
+    <row r="1345" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1345" s="13"/>
+    </row>
+    <row r="1346" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1346" s="13"/>
+    </row>
+    <row r="1347" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1347" s="13"/>
+    </row>
+    <row r="1348" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1348" s="13"/>
+    </row>
+    <row r="1349" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1349" s="13"/>
+    </row>
+    <row r="1350" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1350" s="13"/>
+    </row>
+    <row r="1351" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1351" s="13"/>
+    </row>
+    <row r="1352" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1352" s="13"/>
+    </row>
+    <row r="1353" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1353" s="13"/>
+    </row>
+    <row r="1354" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1354" s="13"/>
+    </row>
+    <row r="1355" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1355" s="13"/>
+    </row>
+    <row r="1356" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1356" s="13"/>
+    </row>
+    <row r="1357" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1357" s="13"/>
+    </row>
+    <row r="1358" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1358" s="13"/>
+    </row>
+    <row r="1359" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1359" s="13"/>
+    </row>
+    <row r="1360" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1360" s="13"/>
+    </row>
+    <row r="1361" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1361" s="13"/>
+    </row>
+    <row r="1362" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1362" s="13"/>
+    </row>
+    <row r="1363" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1363" s="13"/>
+    </row>
+    <row r="1364" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1364" s="13"/>
+    </row>
+    <row r="1365" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1365" s="13"/>
+    </row>
+    <row r="1366" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1366" s="13"/>
+    </row>
+    <row r="1367" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1367" s="13"/>
+    </row>
+    <row r="1368" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1368" s="13"/>
+    </row>
+    <row r="1369" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1369" s="13"/>
+    </row>
+    <row r="1370" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1370" s="13"/>
+    </row>
+    <row r="1371" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1371" s="13"/>
+    </row>
+    <row r="1372" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1372" s="13"/>
+    </row>
+    <row r="1373" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1373" s="13"/>
+    </row>
+    <row r="1374" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1374" s="13"/>
+    </row>
+    <row r="1375" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1375" s="13"/>
+    </row>
+    <row r="1376" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1376" s="13"/>
+    </row>
+    <row r="1377" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1377" s="13"/>
+    </row>
+    <row r="1378" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1378" s="13"/>
+    </row>
+    <row r="1379" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1379" s="13"/>
+    </row>
+    <row r="1380" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1380" s="13"/>
+    </row>
+    <row r="1381" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1381" s="13"/>
+    </row>
+    <row r="1382" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1382" s="13"/>
+    </row>
+    <row r="1383" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1383" s="13"/>
+    </row>
+    <row r="1384" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1384" s="13"/>
+    </row>
+    <row r="1385" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1385" s="13"/>
+    </row>
+    <row r="1386" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1386" s="13"/>
+    </row>
+    <row r="1387" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1387" s="13"/>
+    </row>
+    <row r="1388" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1388" s="13"/>
+    </row>
+    <row r="1389" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1389" s="13"/>
+    </row>
+    <row r="1390" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1390" s="13"/>
+    </row>
+    <row r="1391" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1391" s="13"/>
+    </row>
+    <row r="1392" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1392" s="13"/>
+    </row>
+    <row r="1393" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1393" s="13"/>
+    </row>
+    <row r="1394" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1394" s="13"/>
+    </row>
+    <row r="1395" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1395" s="13"/>
+    </row>
+    <row r="1396" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1396" s="13"/>
+    </row>
+    <row r="1397" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1397" s="13"/>
+    </row>
+    <row r="1398" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1398" s="13"/>
+    </row>
+    <row r="1399" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1399" s="13"/>
+    </row>
+    <row r="1400" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1400" s="13"/>
+    </row>
+    <row r="1401" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1401" s="13"/>
+    </row>
+    <row r="1402" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1402" s="13"/>
+    </row>
+    <row r="1403" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1403" s="13"/>
+    </row>
+    <row r="1404" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1404" s="13"/>
+    </row>
+    <row r="1405" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1405" s="13"/>
+    </row>
+    <row r="1406" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1406" s="13"/>
+    </row>
+    <row r="1407" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1407" s="13"/>
+    </row>
+    <row r="1408" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1408" s="13"/>
+    </row>
+    <row r="1409" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1409" s="13"/>
+    </row>
+    <row r="1410" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1410" s="13"/>
+    </row>
+    <row r="1411" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1411" s="13"/>
+    </row>
+    <row r="1412" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1412" s="13"/>
+    </row>
+    <row r="1413" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1413" s="13"/>
+    </row>
+    <row r="1414" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1414" s="13"/>
+    </row>
+    <row r="1415" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1415" s="13"/>
+    </row>
+    <row r="1416" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1416" s="13"/>
+    </row>
+    <row r="1417" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1417" s="13"/>
+    </row>
+    <row r="1418" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1418" s="13"/>
+    </row>
+    <row r="1419" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1419" s="13"/>
+    </row>
+    <row r="1420" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1420" s="13"/>
+    </row>
+    <row r="1421" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1421" s="13"/>
+    </row>
+    <row r="1422" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1422" s="13"/>
+    </row>
+    <row r="1423" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1423" s="13"/>
+    </row>
+    <row r="1424" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1424" s="13"/>
+    </row>
+    <row r="1425" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1425" s="13"/>
+    </row>
+    <row r="1426" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1426" s="13"/>
+    </row>
+    <row r="1427" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1427" s="13"/>
+    </row>
+    <row r="1428" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1428" s="13"/>
+    </row>
+    <row r="1429" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1429" s="13"/>
+    </row>
+    <row r="1430" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1430" s="13"/>
+    </row>
+    <row r="1431" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1431" s="13"/>
+    </row>
+    <row r="1432" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1432" s="13"/>
+    </row>
+    <row r="1433" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1433" s="13"/>
+    </row>
+    <row r="1434" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1434" s="13"/>
+    </row>
+    <row r="1435" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1435" s="13"/>
+    </row>
+    <row r="1436" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1436" s="13"/>
+    </row>
+    <row r="1437" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1437" s="13"/>
+    </row>
+    <row r="1438" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1438" s="13"/>
+    </row>
+    <row r="1439" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1439" s="13"/>
+    </row>
+    <row r="1440" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1440" s="13"/>
+    </row>
+    <row r="1441" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1441" s="13"/>
+    </row>
+    <row r="1442" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1442" s="13"/>
+    </row>
+    <row r="1443" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1443" s="13"/>
+    </row>
+    <row r="1444" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1444" s="13"/>
+    </row>
+    <row r="1445" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1445" s="13"/>
+    </row>
+    <row r="1446" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1446" s="13"/>
+    </row>
+    <row r="1447" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1447" s="13"/>
+    </row>
+    <row r="1448" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1448" s="13"/>
+    </row>
+    <row r="1449" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1449" s="13"/>
+    </row>
+    <row r="1450" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1450" s="13"/>
+    </row>
+    <row r="1451" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1451" s="13"/>
+    </row>
+    <row r="1452" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1452" s="13"/>
+    </row>
+    <row r="1453" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1453" s="13"/>
+    </row>
+    <row r="1454" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1454" s="13"/>
+    </row>
+    <row r="1455" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1455" s="13"/>
+    </row>
+    <row r="1456" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1456" s="13"/>
+    </row>
+    <row r="1457" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1457" s="13"/>
+    </row>
+    <row r="1458" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1458" s="13"/>
+    </row>
+    <row r="1459" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1459" s="13"/>
+    </row>
+    <row r="1460" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1460" s="13"/>
+    </row>
+    <row r="1461" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1461" s="13"/>
+    </row>
+    <row r="1462" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1462" s="13"/>
+    </row>
+    <row r="1463" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1463" s="13"/>
+    </row>
+    <row r="1464" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1464" s="13"/>
+    </row>
+    <row r="1465" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1465" s="13"/>
+    </row>
+    <row r="1466" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1466" s="13"/>
+    </row>
+    <row r="1467" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1467" s="13"/>
+    </row>
+    <row r="1468" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1468" s="13"/>
+    </row>
+    <row r="1469" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1469" s="13"/>
+    </row>
+    <row r="1470" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1470" s="13"/>
+    </row>
+    <row r="1471" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1471" s="13"/>
+    </row>
+    <row r="1472" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1472" s="13"/>
+    </row>
+    <row r="1473" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1473" s="13"/>
+    </row>
+    <row r="1474" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1474" s="13"/>
+    </row>
+    <row r="1475" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1475" s="13"/>
+    </row>
+    <row r="1476" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1476" s="13"/>
+    </row>
+    <row r="1477" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1477" s="13"/>
+    </row>
+    <row r="1478" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1478" s="13"/>
+    </row>
+    <row r="1479" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1479" s="13"/>
+    </row>
+    <row r="1480" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1480" s="13"/>
+    </row>
+    <row r="1481" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1481" s="13"/>
+    </row>
+    <row r="1482" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1482" s="13"/>
+    </row>
+    <row r="1483" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1483" s="13"/>
+    </row>
+    <row r="1484" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1484" s="13"/>
+    </row>
+    <row r="1485" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1485" s="13"/>
+    </row>
+    <row r="1486" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1486" s="13"/>
+    </row>
+    <row r="1487" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1487" s="13"/>
+    </row>
+    <row r="1488" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1488" s="13"/>
+    </row>
+    <row r="1489" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1489" s="13"/>
+    </row>
+    <row r="1490" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1490" s="13"/>
+    </row>
+    <row r="1491" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1491" s="13"/>
+    </row>
+    <row r="1492" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1492" s="13"/>
+    </row>
+    <row r="1493" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1493" s="13"/>
+    </row>
+    <row r="1494" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1494" s="13"/>
+    </row>
+    <row r="1495" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1495" s="13"/>
+    </row>
+    <row r="1496" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1496" s="13"/>
+    </row>
+    <row r="1497" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1497" s="13"/>
+    </row>
+    <row r="1498" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1498" s="13"/>
+    </row>
+    <row r="1499" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1499" s="13"/>
+    </row>
+    <row r="1500" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1500" s="13"/>
+    </row>
+    <row r="1501" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1501" s="13"/>
+    </row>
+    <row r="1502" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1502" s="13"/>
+    </row>
+    <row r="1503" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1503" s="13"/>
+    </row>
+    <row r="1504" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1504" s="13"/>
+    </row>
+    <row r="1505" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1505" s="13"/>
+    </row>
+    <row r="1506" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1506" s="13"/>
+    </row>
+    <row r="1507" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1507" s="13"/>
+    </row>
+    <row r="1508" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1508" s="13"/>
+    </row>
+    <row r="1509" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1509" s="13"/>
+    </row>
+    <row r="1510" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1510" s="13"/>
+    </row>
+    <row r="1511" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1511" s="13"/>
+    </row>
+    <row r="1512" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1512" s="13"/>
+    </row>
+    <row r="1513" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1513" s="13"/>
+    </row>
+    <row r="1514" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1514" s="13"/>
+    </row>
+    <row r="1515" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1515" s="13"/>
+    </row>
+    <row r="1516" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1516" s="13"/>
+    </row>
+    <row r="1517" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1517" s="13"/>
+    </row>
+    <row r="1518" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1518" s="13"/>
+    </row>
+    <row r="1519" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1519" s="13"/>
+    </row>
+    <row r="1520" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1520" s="13"/>
+    </row>
+    <row r="1521" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1521" s="13"/>
+    </row>
+    <row r="1522" spans="6:6" hidden="1" x14ac:dyDescent="0.3">
+      <c r="F1522" s="13"/>
+    </row>
   </sheetData>
   <autoFilter ref="A1:F1522" xr:uid="{AA32D108-43FE-4901-8E8A-2BA6D42B9368}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="53" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-[...2 lines deleted...]
-    <oddFooter>&amp;LDrugs identified for potential review by the MN PDAB (1/1/24- 11/30/25), released Dec. 2025.&amp;RPage &amp;P of &amp;N</oddFooter>
+  <pageSetup scale="53" fitToHeight="0" orientation="landscape"/>
+  <headerFooter scaleWithDoc="0" alignWithMargins="0">
+    <oddHeader>&amp;L&amp;CMinnesota Department of Health&amp;Rhealth.rx@state.mn.us</oddHeader>
+    <oddFooter>&amp;LDrugs identified for potential review by the MN PDAB (1/1/24- 11/30/25), released Dec. 2025.&amp;C&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ModernAudienceTargetUserField xmlns="27d7031c-9933-4c51-8782-3e4b07624d78">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </_ModernAudienceTargetUserField>
-    <_dlc_DocId xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7">PP6VNZTUNPYT-617649462-30475</_dlc_DocId>
-    <TaxCatchAll xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7" xsi:nil="true"/>
+    <_dlc_DocId xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7">PP6VNZTUNPYT-617649462-30494</_dlc_DocId>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="27d7031c-9933-4c51-8782-3e4b07624d78">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7" xsi:nil="true"/>
     <Date_x0020_Last_x0020_Reviewed xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7" xsi:nil="true"/>
+    <GovernanceType xmlns="27d7031c-9933-4c51-8782-3e4b07624d78" xsi:nil="true"/>
     <_dlc_DocIdUrl xmlns="98f01fe9-c3f2-4582-9148-d87bd0c242e7">
-      <Url>https://mn365.sharepoint.com/teams/MDH/bureaus/pqcb/hpd/hep/pepr/_layouts/15/DocIdRedir.aspx?ID=PP6VNZTUNPYT-617649462-30475</Url>
-      <Description>PP6VNZTUNPYT-617649462-30475</Description>
+      <Url>https://mn365.sharepoint.com/teams/MDH/bureaus/pqcb/hpd/hep/pepr/_layouts/15/DocIdRedir.aspx?ID=PP6VNZTUNPYT-617649462-30494</Url>
+      <Description>PP6VNZTUNPYT-617649462-30494</Description>
     </_dlc_DocIdUrl>
-    <GovernanceType xmlns="27d7031c-9933-4c51-8782-3e4b07624d78">Operational</GovernanceType>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B51CFE40B09AC74FAEDAB2AB2CEF9554" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="df020c3a944d5bd2fb8bd7322a9d2335">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="98f01fe9-c3f2-4582-9148-d87bd0c242e7" xmlns:ns3="27d7031c-9933-4c51-8782-3e4b07624d78" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dddac02c61ca12a1c0e43dfc43e584a3" ns2:_="" ns3:_="">
     <xsd:import namespace="98f01fe9-c3f2-4582-9148-d87bd0c242e7"/>
     <xsd:import namespace="27d7031c-9933-4c51-8782-3e4b07624d78"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Last_x0020_Reviewed" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -35559,151 +32626,144 @@
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07D532D9-9947-41AD-8F26-A43562102501}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{136F81D4-EF11-45C0-9CA6-5296F77F9CE0}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="98f01fe9-c3f2-4582-9148-d87bd0c242e7"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="27d7031c-9933-4c51-8782-3e4b07624d78"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1498B09-EE79-4F0B-904B-8E759ABA9FA2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B4E1F8E-D122-45FE-92C7-849D4ADA8D17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="98f01fe9-c3f2-4582-9148-d87bd0c242e7"/>
     <ds:schemaRef ds:uri="27d7031c-9933-4c51-8782-3e4b07624d78"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83A021BA-5AFC-49F6-A018-7230E925CBD4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{592592CE-BD1A-45DC-9953-52DB3AF3292A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB43375E-53D0-4372-9D78-72A1089F5FD8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F9A02E2-5A54-4CC3-BB2E-2CF2FFA02E88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Cover</vt:lpstr>
       <vt:lpstr>List of NDCs</vt:lpstr>
       <vt:lpstr>'List of NDCs'!Print_Titles</vt:lpstr>
       <vt:lpstr>'List of NDCs'!TitleRegion1.A2.F1529.2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
-  <Company>State of MN</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PDAB Potential Drug Review List – December 2025</dc:title>
   <dc:subject>Drugs identified for potential review by the Minnesota Prescription Drug Affordability Board</dc:subject>
   <dc:creator>MDH Health Economics Program</dc:creator>
   <cp:keywords>PDAB, drug affordability, prescription drugs, Minnesota</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Pharmaceutical Economics</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B51CFE40B09AC74FAEDAB2AB2CEF9554</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>b7d95936-22d6-46a9-aed1-176078049ae5</vt:lpwstr>
+    <vt:lpwstr>3c927f33-fa77-47af-86d0-6d65c1cbf996</vt:lpwstr>
   </property>
 </Properties>
 </file>