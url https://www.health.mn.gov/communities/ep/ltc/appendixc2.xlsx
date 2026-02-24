--- v0 (2025-12-14)
+++ v1 (2026-02-24)
@@ -1,134 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mcadat1\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\EPR\EPR_HPP_Programs\Medical_Surge\Long_Term_Care\LTC Toolkit\LTC Toolkit Revision 2025\Ready for Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BAB33230-1E22-455A-8B3E-258FD0FBE7C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{495E0760-7CAF-4D89-BC27-F33542CA9045}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{2DE0377F-8D8A-4F6B-A297-650E0CDC0E66}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{2DE0377F-8D8A-4F6B-A297-650E0CDC0E66}"/>
   </bookViews>
   <sheets>
     <sheet name="External Contacts" sheetId="14" r:id="rId1"/>
-    <sheet name="Building Operations External C" sheetId="17" r:id="rId2"/>
-    <sheet name="Internal Contacts" sheetId="15" r:id="rId3"/>
+    <sheet name="Internal Contacts" sheetId="15" r:id="rId2"/>
+    <sheet name="Building Operations External C" sheetId="17" r:id="rId3"/>
     <sheet name="Primary &amp; Alternate Contacts" sheetId="19" r:id="rId4"/>
     <sheet name="Regionl-State-Assoc Contacts" sheetId="18" r:id="rId5"/>
     <sheet name="Vehicles needed for Evac. " sheetId="20" r:id="rId6"/>
     <sheet name="Contract &amp; Volunteer Staff" sheetId="16" r:id="rId7"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="180">
   <si>
     <t>Agency/Organization</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
     <t>Phone Numer</t>
   </si>
   <si>
+    <t>24/7  Phone Number</t>
+  </si>
+  <si>
+    <t>Emergency Management (city/county)</t>
+  </si>
+  <si>
     <t>EMS-Emergency Medical Services</t>
   </si>
   <si>
+    <t>Fatality Management/Coroner</t>
+  </si>
+  <si>
+    <t>Hospital(s)</t>
+  </si>
+  <si>
     <t>Local Government</t>
   </si>
   <si>
+    <t>Local Public Health</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mental Health </t>
   </si>
   <si>
     <t>Out Patient Clinic(s)</t>
   </si>
   <si>
-    <t>Hospital(s)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pharmacy(ies)</t>
   </si>
   <si>
-    <t>Local Public Health</t>
-[...1 lines deleted...]
-  <si>
     <t>School(s)</t>
   </si>
   <si>
-    <t>24/7  Phone Number</t>
+    <t>Other Life Facilities in my County</t>
+  </si>
+  <si>
+    <t>Social Services</t>
+  </si>
+  <si>
+    <t>Chaplain</t>
+  </si>
+  <si>
+    <t>Quality Coordiantor</t>
+  </si>
+  <si>
+    <t>MDS Coordiantor</t>
+  </si>
+  <si>
+    <t>Health Inforamtion Manager</t>
+  </si>
+  <si>
+    <t>Human Resoruces Director</t>
   </si>
   <si>
     <t>Department</t>
   </si>
   <si>
     <t>Work Phone</t>
   </si>
   <si>
     <t>Cell Phone</t>
   </si>
   <si>
     <t>Home Phone</t>
   </si>
   <si>
     <t>Work Email</t>
   </si>
   <si>
     <t>Personal Email</t>
   </si>
   <si>
     <t xml:space="preserve">Other </t>
   </si>
   <si>
     <t>Last Updated</t>
   </si>
@@ -147,486 +181,459 @@
   <si>
     <t>Maintenance Supervisor</t>
   </si>
   <si>
     <t>Dietary/Food Service Director</t>
   </si>
   <si>
     <t>Secuirty Director</t>
   </si>
   <si>
     <t>Safety Director</t>
   </si>
   <si>
     <t>Public Inofrmation Officer</t>
   </si>
   <si>
     <t>Behavioral Health Worker</t>
   </si>
   <si>
     <t>Social Worker</t>
   </si>
   <si>
     <t>CEO/CFO</t>
   </si>
   <si>
-    <t>Social Services</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Activity Director </t>
   </si>
   <si>
-    <t>Chaplain</t>
-[...1 lines deleted...]
-  <si>
     <t>Staff Development Director</t>
   </si>
   <si>
     <t>Health Unit Coordinator</t>
   </si>
   <si>
     <t>Housekeeping Manager</t>
   </si>
   <si>
+    <t>Contact</t>
+  </si>
+  <si>
     <t>Number</t>
   </si>
   <si>
+    <t xml:space="preserve">24/7 Contact Information </t>
+  </si>
+  <si>
+    <t>Email</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Local </t>
+  </si>
+  <si>
+    <t>Bolier Repair</t>
+  </si>
+  <si>
+    <t>Clinics</t>
+  </si>
+  <si>
+    <t>Computer Repair</t>
+  </si>
+  <si>
+    <t>Dialysis</t>
+  </si>
+  <si>
+    <t>Electric Power Provider</t>
+  </si>
+  <si>
+    <t>Elevator Repair</t>
+  </si>
+  <si>
+    <t>Fire Alarm Repair</t>
+  </si>
+  <si>
+    <t>Fire Alarm System</t>
+  </si>
+  <si>
+    <t>Fire Department</t>
+  </si>
+  <si>
+    <t>911 or</t>
+  </si>
+  <si>
+    <t>Fire Marshall</t>
+  </si>
+  <si>
+    <t>Fire Sprinkler System</t>
+  </si>
+  <si>
+    <t>Hospice Service</t>
+  </si>
+  <si>
+    <t>Lock Smith</t>
+  </si>
+  <si>
+    <t>Medical, Incontinent Products Supplier</t>
+  </si>
+  <si>
+    <t>Natural Gas Supplier</t>
+  </si>
+  <si>
+    <t>Oxegyn Tank Supplier</t>
+  </si>
+  <si>
+    <t>Pharmacy</t>
+  </si>
+  <si>
+    <t>Plumbing</t>
+  </si>
+  <si>
+    <t>Police</t>
+  </si>
+  <si>
+    <t>Port A Potty  (Portable Toilets)</t>
+  </si>
+  <si>
+    <t>Sewer/Drain Clean Out</t>
+  </si>
+  <si>
+    <t>Sheriff Department</t>
+  </si>
+  <si>
+    <t xml:space="preserve">911 or </t>
+  </si>
+  <si>
+    <t>Telephone Company</t>
+  </si>
+  <si>
+    <t>Transfer Agreement(s)</t>
+  </si>
+  <si>
+    <t>Transportation Agreement</t>
+  </si>
+  <si>
+    <t>Water Backup</t>
+  </si>
+  <si>
+    <t>Water Department</t>
+  </si>
+  <si>
+    <t>This grid is an example of the type of tool LTC facilities may create to document primary and alternate means of communication with relevant individuals/partners. LTC facilities should have at least two methods of communicating with staff and relevant partners. The alternate method should be easily accessible, in the event that the primary method becomes unavailable, and should be agreeable to both the LTC facility and the entity they are communicating with. Primary and alternate methods of communication may vary based on who the LTC facility is trying to contact (for example, primary and alternate methods of communication may be different for staff than they are for state emergency management staff), but should be decided and documented before emergency events occur so that communication expectations are clear in emergency events.</t>
+  </si>
+  <si>
+    <t>Means Of Communication</t>
+  </si>
+  <si>
+    <t>First</t>
+  </si>
+  <si>
+    <t>Second</t>
+  </si>
+  <si>
+    <t>Third</t>
+  </si>
+  <si>
+    <t>Website</t>
+  </si>
+  <si>
+    <t>Leadership</t>
+  </si>
+  <si>
+    <t>Operations</t>
+  </si>
+  <si>
+    <t>Logistics</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Planning</t>
+  </si>
+  <si>
+    <t>Local Emergency Management Staff</t>
+  </si>
+  <si>
+    <t>Local Public Health Department</t>
+  </si>
+  <si>
+    <t>Local Disaster Health Cocalition</t>
+  </si>
+  <si>
+    <t>State Emergency Management Staff</t>
+  </si>
+  <si>
+    <t>State Public Health Department (Emergency Prepardness)</t>
+  </si>
+  <si>
+    <t>State Public Health Department (Division of Quality Assurance)</t>
+  </si>
+  <si>
+    <t>Tribal Emergency Prepardness/Emergency Management Staff</t>
+  </si>
+  <si>
+    <t>Regional/State/Associations etc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sister Facilities </t>
+  </si>
+  <si>
+    <t>Other Facilities in the area</t>
+  </si>
+  <si>
+    <t>Regional</t>
+  </si>
+  <si>
+    <t>Regional Healthcare Preparedness Coordinator</t>
+  </si>
+  <si>
+    <t>Varries by Region</t>
+  </si>
+  <si>
+    <t>MDH Regional Public Health Preparedness Consultant</t>
+  </si>
+  <si>
+    <t>651-201-5700</t>
+  </si>
+  <si>
+    <t>Regional Ombudsman</t>
+  </si>
+  <si>
+    <t>Local Red Cross Office</t>
+  </si>
+  <si>
+    <t>MDH Regional Epi</t>
+  </si>
+  <si>
+    <t>State/Tribal</t>
+  </si>
+  <si>
+    <t>MN Department of Health</t>
+  </si>
+  <si>
+    <t>MDH HRD</t>
+  </si>
+  <si>
+    <t>651-201-4200</t>
+  </si>
+  <si>
+    <t>MDH ICAR</t>
+  </si>
+  <si>
+    <t>651-201-5414</t>
+  </si>
+  <si>
+    <t>MDH Emerging Infections Unit</t>
+  </si>
+  <si>
+    <t>MDH Radiation Unit</t>
+  </si>
+  <si>
+    <t>651-201-4545</t>
+  </si>
+  <si>
+    <t>MDH Radioactive Material</t>
+  </si>
+  <si>
+    <t>651-201-4400</t>
+  </si>
+  <si>
+    <t>MN Homeland Security and Emergency Management</t>
+  </si>
+  <si>
+    <t>(651) 201-7400    </t>
+  </si>
+  <si>
+    <t>MN OSHA</t>
+  </si>
+  <si>
+    <t>651-284-5050</t>
+  </si>
+  <si>
+    <t>MN Duty Officer</t>
+  </si>
+  <si>
+    <t>651-649-5451</t>
+  </si>
+  <si>
+    <t>duty.officers@state.mn.us</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MN Long Term Care Ombudsman </t>
+  </si>
+  <si>
+    <t>651-431-2555</t>
+  </si>
+  <si>
+    <t>Associations etc</t>
+  </si>
+  <si>
+    <t>LeadingAge Minnesota</t>
+  </si>
+  <si>
+    <t>651-645-4545 or 800-462-5368</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Home | LeadingAge Minnesota (leadingagemn.org)</t>
+  </si>
+  <si>
+    <t>Care Proviers of Minnesota</t>
+  </si>
+  <si>
+    <t>952-854-2844</t>
+  </si>
+  <si>
+    <t>nformation@careproviders.org</t>
+  </si>
+  <si>
+    <t>MN Home Care Association</t>
+  </si>
+  <si>
+    <t>651-635-0607</t>
+  </si>
+  <si>
+    <t>Minnesota Home Care Association (mnhomecare.org)</t>
+  </si>
+  <si>
+    <t>MN Network of Hospice &amp; Pallative Care</t>
+  </si>
+  <si>
+    <t>651-917-4616</t>
+  </si>
+  <si>
+    <t>info@mnhpc.org</t>
+  </si>
+  <si>
+    <t>Home (mnhpc.org)</t>
+  </si>
+  <si>
+    <t>Ambulances</t>
+  </si>
+  <si>
+    <t>Supplied By</t>
+  </si>
+  <si>
+    <t>Date of contact</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOU Signed Date/Initals </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Review Date </t>
+  </si>
+  <si>
+    <t>Buses</t>
+  </si>
+  <si>
+    <t>Medi-van/CareCabs</t>
+  </si>
+  <si>
+    <t>Other Transportation</t>
+  </si>
+  <si>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>Phone Number</t>
+  </si>
+  <si>
     <t>Eamil</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t xml:space="preserve">Contract Date </t>
   </si>
   <si>
-    <t>Quality Coordiantor</t>
-[...404 lines deleted...]
-    <t>Emergency Preparedness andamp; Response - MN Dept. of Health (state.mn.us)</t>
+    <t>Contact HSEM https://dps.mn.gov/divisions/hsem/contact/Pages/default.aspx</t>
+  </si>
+  <si>
+    <t>Emergency Preparedness and Response - MN Dept. of Health https://www.health.state.mn.us/communities/ep/index.html</t>
+  </si>
+  <si>
+    <t>Regional Health Care Preparedness Coordinators (RHPCs) https://www.health.state.mn.us/communities/ep/coalitions/rhpc.html</t>
+  </si>
+  <si>
+    <t>Public Health Preparedness Consultants (PHPCs) - MN Dept. of Health https://www.health.state.mn.us/about/org/epr/phpc/index.html</t>
+  </si>
+  <si>
+    <t>Minnesota &amp; Dakotas Region | American Red Cross https://www.redcross.org/local/mn-nd-sd.html</t>
+  </si>
+  <si>
+    <t>Map of Field Services Epidemiologists https://www.health.state.mn.us/about/org/idepc/epis.html</t>
+  </si>
+  <si>
+    <t>651-201-5000</t>
+  </si>
+  <si>
+    <t>Care Providers of Minnesota (https://www.careproviders.org/)</t>
+  </si>
+  <si>
+    <t>Office of Ombudsman for Long Term Care (https://mn.gov/ooltc/)</t>
+  </si>
+  <si>
+    <t>Minnesota Department of Health (https://www.health.state.mn.us/)</t>
+  </si>
+  <si>
+    <t>Health Regulation Division (https://www.health.state.mn.us/about/org/hrd/index.html)</t>
+  </si>
+  <si>
+    <t>MDH Infection Control Assessment and Response (ICAR) Program (https://www.health.state.mn.us/facilities/patientsafety/infectioncontrol/icar/index.html)</t>
+  </si>
+  <si>
+    <t>About the Infectious Disease Epidemiology, Prevention and Control (IDEPC) Division - MN Dept. of Health (https://www.health.state.mn.us/about/org/idepc/index.html)</t>
+  </si>
+  <si>
+    <t>Radiation Control (https://www.health.state.mn.us/communities/environment/radiation/index.html)</t>
+  </si>
+  <si>
+    <t>Radioactive Materials (https://www.health.state.mn.us/communities/environment/radiation/radioactive/index.html)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Contact HSEM (https://dps.mn.gov/divisions/hsem/contact/Pages/default.aspx)</t>
+  </si>
+  <si>
+    <t>Minnesota Department of Labor and Industry Contacts (https://www.dli.mn.gov/about-department/about-dli/contact-us)</t>
+  </si>
+  <si>
+    <t>Minnesota Duty Officer Program (https://dps.mn.gov/divisions/bca/bca-divisions/investigative-services/additional-investigative-services/mn-duty-officer-program)</t>
+  </si>
+  <si>
+    <t>Contact - County Emergency Managers (https://dps.mn.gov/divisions/hsem/contact/Pages/county-emergency-managers.aspx</t>
+  </si>
+  <si>
+    <t>Find a Local or Tribal Health Department or Community Health Board (https://www.health.state.mn.us/communities/practice/connect/findlph.html)</t>
+  </si>
+  <si>
+    <t>Regional Health Care Preparedness Coordinators (RHPCs) (https://www.health.state.mn.us/communities/ep/coalitions/rhpc.html)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -758,190 +765,255 @@
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="10" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="14" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Explanatory Text" xfId="1" builtinId="53"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1003,51 +1075,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1145,1413 +1217,1629 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/ep/coalitions/rhpc.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/practice/connect/findlph.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/hsem/contact/Pages/county-emergency-managers.aspx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/ep/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/hsem/contact/Pages/default.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:information@careproviders.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/ep/coalitions/rhpc.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mn.gov/ooltc/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leadingagemn.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mnhpc.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/ch/epr/phpc/index.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/bca/bca-divisions/administrative/Pages/minnesota-duty-officer-program.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/idepc/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dli.mn.gov/about-department/about-dli/contact-us" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:duty.officers@state.mn.us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhpc.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/environment/radiation/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhomecare.org/default.aspx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/hsem/contact/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/facilities/patientsafety/infectioncontrol/icar/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.careproviders.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/hrd/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/environment/radiation/radioactive/index.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:information@careproviders.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/environment/radiation/radioactive/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redcross.org/local/mn-nd-sd.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leadingagemn.org/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/bca/bca-divisions/investigative-services/additional-investigative-services/mn-duty-officer-program" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mnhpc.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/ep/coalitions/rhpc.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/epr/phpc/index.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/idepc/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mn.gov/ooltc/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:duty.officers@state.mn.us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhpc.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/communities/environment/radiation/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnhomecare.org/default.aspx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dli.mn.gov/about-department/about-dli/contact-us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/facilities/patientsafety/infectioncontrol/icar/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/idepc/epis.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.careproviders.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/about/org/hrd/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dps.mn.gov/divisions/hsem/contact/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A4C367F-96B8-4C3C-BC55-8A332A48F061}">
   <dimension ref="A1:G48"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.42578125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.42578125" customWidth="1"/>
+    <col min="1" max="1" width="35.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="14.54296875" customWidth="1"/>
+    <col min="4" max="4" width="19.7265625" customWidth="1"/>
+    <col min="5" max="5" width="13.453125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="12" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-    <row r="2" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="G1" s="12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="F2" s="2"/>
     </row>
-    <row r="3" spans="1:7" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
     </row>
-    <row r="4" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F4" s="2"/>
     </row>
-    <row r="5" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3"/>
     </row>
-    <row r="6" spans="1:7" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
-        <v>126</v>
+        <v>8</v>
       </c>
       <c r="F6" s="2"/>
     </row>
-    <row r="7" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="3"/>
     </row>
-    <row r="8" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="2"/>
     </row>
-    <row r="9" spans="1:7" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="3"/>
     </row>
-    <row r="10" spans="1:7" s="1" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="2" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F10" s="2"/>
     </row>
-    <row r="11" spans="1:7" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="3"/>
     </row>
-    <row r="12" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="2"/>
     </row>
-    <row r="13" spans="1:7" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="3"/>
     </row>
-    <row r="14" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F14" s="2"/>
     </row>
-    <row r="15" spans="1:7" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="3"/>
     </row>
-    <row r="16" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F16" s="2"/>
     </row>
-    <row r="17" spans="1:6" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="3"/>
     </row>
-    <row r="18" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F18" s="2"/>
     </row>
-    <row r="19" spans="1:6" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="3"/>
     </row>
-    <row r="20" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F20" s="2"/>
     </row>
-    <row r="21" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="3"/>
     </row>
-    <row r="22" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="F22" s="2"/>
     </row>
-    <row r="23" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="3"/>
     </row>
-    <row r="24" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F24" s="2"/>
     </row>
-    <row r="25" spans="1:6" ht="27.6" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="26" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" ht="27.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="26" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F26" s="2"/>
     </row>
-    <row r="27" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="28" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" ht="29.15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-    <row r="30" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="30" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F30" s="2"/>
     </row>
-    <row r="31" spans="1:6" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:6" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="3"/>
     </row>
-    <row r="32" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F32" s="2"/>
     </row>
-    <row r="33" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="3"/>
     </row>
-    <row r="34" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="F34" s="2"/>
     </row>
-    <row r="35" spans="1:6" ht="26.1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="36" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:6" ht="26.15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="36" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D36" s="8"/>
     </row>
-    <row r="37" spans="1:6" s="9" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" s="9" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D37" s="8"/>
     </row>
-    <row r="38" spans="1:6" s="9" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" s="9" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D38" s="8"/>
     </row>
-    <row r="39" spans="1:6" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" s="9" customFormat="1" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D39" s="8"/>
     </row>
-    <row r="40" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D40" s="8"/>
     </row>
-    <row r="41" spans="1:6" s="9" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" s="9" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D41" s="8"/>
     </row>
-    <row r="42" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D42" s="8"/>
     </row>
-    <row r="43" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D43" s="3"/>
       <c r="F43"/>
     </row>
-    <row r="44" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D44" s="8"/>
     </row>
-    <row r="45" spans="1:6" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D45" s="3"/>
       <c r="F45"/>
     </row>
-    <row r="46" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D46" s="8"/>
     </row>
-    <row r="47" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D47" s="3"/>
       <c r="F47"/>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
       <c r="D48" s="3"/>
       <c r="F48"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E35">
     <sortCondition ref="A2:A35"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F03924F-7BEA-4D48-A8D2-4E2697DDC2DB}">
-  <dimension ref="A1:E29"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{402A7D40-2F8E-43FD-BB02-EFDC224A3C23}">
+  <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C2" sqref="C2"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="36.42578125" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="37.42578125" customWidth="1"/>
+    <col min="1" max="1" width="29.81640625" customWidth="1"/>
+    <col min="2" max="2" width="20.1796875" customWidth="1"/>
+    <col min="3" max="3" width="19.453125" customWidth="1"/>
+    <col min="4" max="4" width="22.26953125" customWidth="1"/>
+    <col min="5" max="5" width="25.81640625" customWidth="1"/>
+    <col min="6" max="6" width="28.54296875" customWidth="1"/>
+    <col min="7" max="7" width="23.453125" customWidth="1"/>
+    <col min="8" max="8" width="28.81640625" customWidth="1"/>
+    <col min="9" max="9" width="24.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" s="15" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      <c r="C1" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E1" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F1" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="G1" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="H1" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="I1" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" s="16"/>
+    </row>
+    <row r="2" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" s="33"/>
+    </row>
+    <row r="3" spans="1:10" ht="30.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="28" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="28" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="8" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="29.15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="10" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="30.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="12" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="29.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="14" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="29.15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="16" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" ht="30.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="18" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="20" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D1" s="14" t="s">
-[...160 lines deleted...]
-    </row>
+    </row>
+    <row r="21" spans="1:1" ht="25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:1" s="1" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1" ht="28" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="24" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1" ht="30.65" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="26" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1" ht="28" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="29" spans="1:1" ht="26.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="30" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1" ht="31" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" ht="26.15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{402A7D40-2F8E-43FD-BB02-EFDC224A3C23}">
-  <dimension ref="A1:J35"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F03924F-7BEA-4D48-A8D2-4E2697DDC2DB}">
+  <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C2" sqref="C2"/>
+      <selection pane="bottomLeft" activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="29.85546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="24.28515625" customWidth="1"/>
+    <col min="1" max="1" width="36.453125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="28.81640625" customWidth="1"/>
+    <col min="3" max="3" width="33" customWidth="1"/>
+    <col min="4" max="4" width="38.81640625" customWidth="1"/>
+    <col min="5" max="5" width="37.453125" customWidth="1"/>
+    <col min="6" max="6" width="21.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" s="15" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
-        <v>2</v>
-[...79 lines deleted...]
-      <c r="A18" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E1" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F1" s="14" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="19" spans="1:1" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...46 lines deleted...]
-    <row r="35" spans="1:1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:6" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A2" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="31" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{102155B5-621D-442A-A0A8-FE8AF109CC12}">
-  <dimension ref="A1:F32"/>
+  <dimension ref="A1:F31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="F7" sqref="F7"/>
+      <selection pane="bottomRight" activeCell="F9" sqref="F9:G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="54.85546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="54.42578125" customWidth="1"/>
+    <col min="1" max="1" width="54.81640625" customWidth="1"/>
+    <col min="2" max="2" width="17.81640625" customWidth="1"/>
+    <col min="3" max="4" width="20.453125" customWidth="1"/>
+    <col min="5" max="5" width="18.1796875" customWidth="1"/>
+    <col min="6" max="6" width="54.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="171.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="46" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="46"/>
+      <c r="C1" s="46"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
     </row>
-    <row r="3" spans="1:6" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" s="15" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="22" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B3" s="17" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="C3" s="14" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="D3" s="14" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="E3" s="13" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F3" s="14" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="3" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+      <c r="F9" s="47"/>
+    </row>
+    <row r="10" spans="1:6" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="3" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:6" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+      <c r="F10" s="48"/>
+    </row>
+    <row r="11" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F11" s="49" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="58" x14ac:dyDescent="0.35">
       <c r="A12" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="F12" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="3" t="s">
+      <c r="F13" s="34" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="F13" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="F14" s="34" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A15" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="F14" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="3" t="s">
+      <c r="F15" s="34" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="F15" s="24" t="s">
-[...4 lines deleted...]
-      <c r="A16" s="8" t="s">
+    </row>
+    <row r="17" spans="1:1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="F16" s="24" t="s">
-[...13 lines deleted...]
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A18" s="3"/>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="3"/>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="3"/>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="3"/>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="3"/>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="3"/>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="3"/>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="3"/>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="3"/>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="3"/>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="3"/>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="3"/>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="3"/>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="3"/>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:C1"/>
+  </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F12" r:id="rId1" display="https://dps.mn.gov/divisions/hsem/contact/Pages/county-emergency-managers.aspx" xr:uid="{021AA1AC-4531-4612-8855-2672D2302831}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F16" r:id="rId5" display="https://www.health.state.mn.us/communities/ep/index.html" xr:uid="{06E09DE7-33DF-4C95-9B9E-A5A0DEF64479}"/>
+    <hyperlink ref="F11" r:id="rId1" xr:uid="{021AA1AC-4531-4612-8855-2672D2302831}"/>
+    <hyperlink ref="F12" r:id="rId2" xr:uid="{EAA5BB10-A778-4A0B-920A-4CE1B2EFA53C}"/>
+    <hyperlink ref="F13" r:id="rId3" xr:uid="{8469B35B-4DCD-4076-A049-FA2CFCB64D51}"/>
+    <hyperlink ref="F14" r:id="rId4" xr:uid="{10D9EAA2-292C-4006-BE06-A6F67775B20E}"/>
+    <hyperlink ref="F15" r:id="rId5" display="Emergency Preparedness and Response - MN Dept. of Health" xr:uid="{06E09DE7-33DF-4C95-9B9E-A5A0DEF64479}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAA4F188-67F8-48EB-8139-CB3F4AAE60CD}">
-  <dimension ref="A1:F44"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C2" sqref="C2"/>
+      <pane ySplit="1" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="31.28515625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="63.42578125" customWidth="1"/>
+    <col min="1" max="1" width="31.26953125" customWidth="1"/>
+    <col min="2" max="2" width="23.453125" customWidth="1"/>
+    <col min="3" max="3" width="31.453125" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" customWidth="1"/>
+    <col min="5" max="5" width="22.453125" customWidth="1"/>
+    <col min="6" max="6" width="107.54296875" style="41" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" s="15" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B1" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="14" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D1" s="14" t="s">
         <v>49</v>
       </c>
       <c r="E1" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:6" s="6" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F1" s="38" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="6" customFormat="1" ht="23.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="4" t="s">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="B2" s="5"/>
-      <c r="C2" s="33"/>
+      <c r="C2" s="31"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
-      <c r="F2" s="5"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:6" s="6" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F2" s="39"/>
+    </row>
+    <row r="3" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="25" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
-      <c r="F3" s="26"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F3" s="40"/>
+    </row>
+    <row r="4" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
     </row>
-    <row r="7" spans="1:6" s="6" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="27" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
-      <c r="F7" s="28"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F7" s="42"/>
+    </row>
+    <row r="8" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="6"/>
     </row>
-    <row r="9" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6"/>
     </row>
-    <row r="10" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="6"/>
     </row>
-    <row r="11" spans="1:6" s="6" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" s="6" customFormat="1" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="18" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="B11" s="10"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
-      <c r="F11" s="10"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:6" s="6" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F11" s="43"/>
+    </row>
+    <row r="12" spans="1:6" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A13" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F13" s="34" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F14" s="35"/>
+    </row>
+    <row r="15" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F15" s="34" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F16" s="44" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="36"/>
+    </row>
+    <row r="18" spans="1:6" s="9" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" s="37"/>
+    </row>
+    <row r="19" spans="1:6" s="6" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="F19" s="34" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="6" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F20" s="34" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A21" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" s="34" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A22" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" s="34" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="F23" s="34" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="C12" s="6" t="s">
-[...28 lines deleted...]
-      <c r="A16" s="6" t="s">
+      <c r="C24" s="23" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" s="34" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F25" s="34" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F26" s="34" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A27" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E27" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="F16" s="6" t="s">
+      <c r="F27" s="44" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="6" t="s">
         <v>128</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="F21" s="24" t="s">
+      <c r="C28" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F28" s="34" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="22" spans="1:6" s="6" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C22" s="6" t="s">
+    <row r="29" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" s="11"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="45"/>
+    </row>
+    <row r="30" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E31" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="34" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="F22" s="24" t="s">
-[...10 lines deleted...]
-      <c r="F23" s="24" t="s">
+      <c r="C33" s="6" t="s">
         <v>142</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="6" t="s">
+      <c r="D33" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E33" s="24" t="s">
         <v>143</v>
       </c>
-      <c r="C24" s="23" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="6" t="s">
+      <c r="F33" s="34" t="s">
         <v>144</v>
       </c>
-      <c r="C25" s="23" t="s">
-[...126 lines deleted...]
-    <row r="36" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:6" s="6" customFormat="1" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="F34" s="35"/>
+    </row>
+    <row r="35" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="6"/>
+    </row>
+    <row r="36" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="6"/>
     </row>
-    <row r="37" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6"/>
     </row>
-    <row r="38" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="6"/>
     </row>
-    <row r="39" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="6"/>
     </row>
-    <row r="40" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="6"/>
     </row>
-    <row r="41" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6"/>
     </row>
-    <row r="42" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6"/>
     </row>
-    <row r="43" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-    <row r="44" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="E28" r:id="rId1" xr:uid="{15999C0C-3F94-4644-84AE-39CDE786B0E6}"/>
-[...16 lines deleted...]
-    <hyperlink ref="F29" r:id="rId18" xr:uid="{8B522AF0-C980-4DB2-B79A-EC59B963FA61}"/>
+    <hyperlink ref="E27" r:id="rId1" xr:uid="{15999C0C-3F94-4644-84AE-39CDE786B0E6}"/>
+    <hyperlink ref="F22" r:id="rId2" xr:uid="{5AD76477-0D5F-4C9F-B5E6-89260D2D9EBB}"/>
+    <hyperlink ref="F30" r:id="rId3" display="https://www.leadingagemn.org/" xr:uid="{EFB72471-B0D7-4A5B-AF61-2A903B5B26EF}"/>
+    <hyperlink ref="F31" r:id="rId4" display="https://www.careproviders.org/" xr:uid="{E99CACD1-1A4E-40E4-97AC-590642B1F4A5}"/>
+    <hyperlink ref="F32" r:id="rId5" display="https://www.mnhomecare.org/default.aspx" xr:uid="{6853EA00-04AC-49F0-BB76-254C067C78F9}"/>
+    <hyperlink ref="F33" r:id="rId6" display="https://www.mnhpc.org/" xr:uid="{78CEF194-2847-443C-8F2D-3C430D2E7F9D}"/>
+    <hyperlink ref="E33" r:id="rId7" display="mailto:info@mnhpc.org" xr:uid="{2AB43353-2649-4343-ADD1-41F11A08DAFB}"/>
+    <hyperlink ref="E31" r:id="rId8" display="mailto:information@careproviders.org" xr:uid="{C17017FE-6F87-4E93-94E1-7F1E70AFC650}"/>
+    <hyperlink ref="F20" r:id="rId9" xr:uid="{582F9D70-FA2C-4312-9687-DC2E775BB2F6}"/>
+    <hyperlink ref="F21" r:id="rId10" xr:uid="{56495784-9B86-44BD-AD9F-F182D977BE28}"/>
+    <hyperlink ref="F23" r:id="rId11" xr:uid="{994C35D2-08E6-4A8E-8618-333BF44A7541}"/>
+    <hyperlink ref="F12" r:id="rId12" display="Regional Health Care Preparedness Coordinators (RHPCs)" xr:uid="{71A3E141-D55E-4BC8-BED5-853DC57F86CD}"/>
+    <hyperlink ref="F24" r:id="rId13" xr:uid="{A1B616F9-9323-45D0-91FB-577250DE357E}"/>
+    <hyperlink ref="F25" r:id="rId14" xr:uid="{955E19C7-FC5E-4216-B6CE-5E1BB4327C90}"/>
+    <hyperlink ref="F26" r:id="rId15" xr:uid="{C6140974-1303-4556-9CAC-61129F1D2E75}"/>
+    <hyperlink ref="F28" r:id="rId16" display="https://mn.gov/ooltc/" xr:uid="{8B522AF0-C980-4DB2-B79A-EC59B963FA61}"/>
+    <hyperlink ref="F13" r:id="rId17" display="https://www.health.state.mn.us/about/org/epr/phpc/index.html" xr:uid="{AA7F8B90-FBAA-4DE5-9E7C-D2FEBC3AD657}"/>
+    <hyperlink ref="F15" r:id="rId18" display="https://www.redcross.org/local/mn-nd-sd.html" xr:uid="{AC57EFCA-C764-41D4-81B3-22827D29689B}"/>
+    <hyperlink ref="F16" r:id="rId19" display="https://www.health.state.mn.us/about/org/idepc/epis.html" xr:uid="{09D92AFA-D754-47CA-B120-0DEAE5A56284}"/>
+    <hyperlink ref="F19" r:id="rId20" xr:uid="{D6704980-1C70-4242-8C48-BDD167497673}"/>
+    <hyperlink ref="F27" r:id="rId21" xr:uid="{D6558DB8-BF40-4F80-B5A1-53798EB402FF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId19"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId22"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{921AE481-1B11-462C-9585-8264034E09B1}">
   <dimension ref="A1:G13"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="G16" sqref="G16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.5703125" customWidth="1"/>
+    <col min="1" max="1" width="19.54296875" customWidth="1"/>
+    <col min="2" max="2" width="13.453125" customWidth="1"/>
+    <col min="3" max="3" width="15.7265625" customWidth="1"/>
+    <col min="4" max="4" width="25.81640625" customWidth="1"/>
+    <col min="5" max="5" width="15.7265625" customWidth="1"/>
+    <col min="6" max="6" width="11.81640625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
-        <v>101</v>
+        <v>145</v>
       </c>
       <c r="B1" s="7" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="C1" s="7" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="D1" s="7" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="E1" s="7" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F1" s="7" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G1" s="9"/>
     </row>
-    <row r="5" spans="1:7" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" s="7" t="s">
-        <v>107</v>
+        <v>151</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A13" s="7" t="s">
-        <v>108</v>
+        <v>152</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60CC6E76-BE3D-4DD2-AD57-9DE881ACF14F}">
   <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="12.5703125" customWidth="1"/>
+    <col min="1" max="1" width="12.54296875" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="15.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="18.42578125" customWidth="1"/>
+    <col min="3" max="3" width="15.1796875" customWidth="1"/>
+    <col min="4" max="4" width="21.453125" customWidth="1"/>
+    <col min="5" max="5" width="13.54296875" customWidth="1"/>
+    <col min="6" max="6" width="17.1796875" customWidth="1"/>
+    <col min="7" max="7" width="18.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="32" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" s="30" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="14" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B1" s="14" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C1" s="14" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D1" s="14" t="s">
-        <v>41</v>
+        <v>156</v>
       </c>
       <c r="E1" s="14" t="s">
-        <v>42</v>
+        <v>157</v>
       </c>
       <c r="F1" s="14" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6CC03D79E0274B8DB0BA0FCDBC05E1" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e3b150fc945ed1d47237c0ee4fa3dcbe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31d5eec3c12ee2e8127422d567928fa7">
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all/>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EA2ED31-B4A3-4BA6-8032-8499D0176B8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{766CEC6F-61C9-41FD-BEE4-271FADC2792E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2DABCB6-477B-437E-82CD-A7A4105820C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>External Contacts</vt:lpstr>
+      <vt:lpstr>Internal Contacts</vt:lpstr>
       <vt:lpstr>Building Operations External C</vt:lpstr>
-      <vt:lpstr>Internal Contacts</vt:lpstr>
       <vt:lpstr>Primary &amp; Alternate Contacts</vt:lpstr>
       <vt:lpstr>Regionl-State-Assoc Contacts</vt:lpstr>
       <vt:lpstr>Vehicles needed for Evac. </vt:lpstr>
       <vt:lpstr>Contract &amp; Volunteer Staff</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Manager/>
+  <Company>Minnesota Department of Health</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Marlee Etchison</dc:creator>
+  <dc:title>Appendix C2 External and Internal Contacts</dc:title>
+  <dc:subject>Long Term Care Toolkit</dc:subject>
+  <dc:creator>MDH EPR</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6CC03D79E0274B8DB0BA0FCDBC05E1</vt:lpwstr>
+  </property>
+</Properties>
+</file>